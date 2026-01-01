--- v0 (2025-11-15)
+++ v1 (2026-01-01)
@@ -4,51 +4,51 @@
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:body>
     <w:p w14:paraId="32C5FB2B" w14:textId="19EC5324" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="006004EC" w:rsidP="00AC019F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DIRECCIÓN</w:t>
       </w:r>
       <w:r w:rsidR="00AC019F" w:rsidRPr="00E03639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
@@ -101,152 +101,164 @@
         </w:rPr>
         <w:t>CSD</w:t>
       </w:r>
       <w:r w:rsidR="00AC019F" w:rsidRPr="00E03639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> – RENIEC</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="188B6EFE" w14:textId="77777777" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1484939A" w14:textId="2F77407B" w:rsidR="008C2EA5" w:rsidRPr="0025748D" w:rsidRDefault="008C2EA5" w:rsidP="008C2EA5">
+    <w:p w14:paraId="718090B0" w14:textId="77777777" w:rsidR="00C6149F" w:rsidRPr="00E03639" w:rsidRDefault="00C6149F" w:rsidP="00C6149F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0025748D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow" w:cs="Arial"/>
+      <w:r w:rsidRPr="00E03639">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>SOLICITUD DE NOTIFICACIÓN VÍA CORREO ELECTRÓNICO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="622281A2" w14:textId="77777777" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
+    <w:p w14:paraId="6C3BA25A" w14:textId="77777777" w:rsidR="00C6149F" w:rsidRPr="00E03639" w:rsidRDefault="00C6149F" w:rsidP="00C6149F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E03639">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Coordinador)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="622281A2" w14:textId="77777777" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="14"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="44726A87" w14:textId="7EE5F282" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>El Suscrito, ________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="746D8DD0" w14:textId="713603AC" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
+    <w:p w14:paraId="746D8DD0" w14:textId="578D0B98" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">Identificado (a) con DNI N° __________________, </w:t>
       </w:r>
-      <w:r w:rsidR="008C2EA5" w:rsidRPr="008C2EA5">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00C6149F" w:rsidRPr="00E03639">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">designado como COORDINADOR de la entidad </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E03639">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________________________________________________, </w:t>
+      </w:r>
+      <w:r w:rsidR="00371634" w:rsidRPr="00E03639">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ostentando el cargo de </w:t>
       </w:r>
       <w:r w:rsidRPr="00E03639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>__________________________</w:t>
       </w:r>
       <w:r w:rsidR="00383A90">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidRPr="00E03639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:bCs/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
@@ -904,51 +916,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1F789FE0" w14:textId="77139A14" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">        _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="406AC27E" w14:textId="28C5299F" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
+    <w:p w14:paraId="406AC27E" w14:textId="00D440A5" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="65159C26" wp14:editId="04808778">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>4138295</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>10795</wp:posOffset>
@@ -1043,239 +1055,228 @@
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>Í</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00364FC7">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                         </w:rPr>
                         <w:t>ndice Derecho</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00E03639">
-[...5 lines deleted...]
-        <w:t>FIRMA DEL REPRESENTANTE LEGAL / APODERADO</w:t>
+      <w:r w:rsidR="00371634">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">              </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E03639">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t xml:space="preserve">FIRMA DEL </w:t>
+      </w:r>
+      <w:r w:rsidR="00371634">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+        <w:t>COORDINADOR</w:t>
       </w:r>
       <w:r w:rsidRPr="00E03639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="5AB43383" w14:textId="77777777" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4E291D54" w14:textId="77777777" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7347D040" w14:textId="77777777" w:rsidR="00AC019F" w:rsidRPr="00E03639" w:rsidRDefault="00AC019F" w:rsidP="00AC019F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E03639">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">Nota importante: En caso de no </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> el formato en su bandeja de entrada, deberá revisar en su lista de correos no deseados.</w:t>
+        <w:t>Nota importante: En caso de no recepcionar el formato en su bandeja de entrada, deberá revisar en su lista de correos no deseados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="253A1260" w14:textId="2D669C93" w:rsidR="00A35668" w:rsidRPr="00E03639" w:rsidRDefault="00A35668">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A35668" w:rsidRPr="00E03639" w:rsidSect="00DB367A">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1418" w:bottom="1701" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4215AA58" w14:textId="77777777" w:rsidR="002C54D8" w:rsidRDefault="002C54D8" w:rsidP="00E21272">
+    <w:p w14:paraId="6ADC9627" w14:textId="77777777" w:rsidR="00230A9C" w:rsidRDefault="00230A9C" w:rsidP="00E21272">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08141A88" w14:textId="77777777" w:rsidR="002C54D8" w:rsidRDefault="002C54D8" w:rsidP="00E21272">
+    <w:p w14:paraId="667AE8B5" w14:textId="77777777" w:rsidR="00230A9C" w:rsidRDefault="00230A9C" w:rsidP="00E21272">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
+    <w:altName w:val="Calibri"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
+    <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="3D9F9FD3" w14:textId="0C470FEA" w:rsidR="00DB367A" w:rsidRDefault="00DB367A">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FA52706" wp14:editId="56CBF113">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>381000</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-759460</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1533525" cy="251460"/>
               <wp:effectExtent l="0" t="0" r="9525" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="3" name="Cuadro de texto 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -1433,76 +1434,76 @@
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:rect w14:anchorId="05E2D6C7" id="Rectángulo 2" o:spid="_x0000_s1026" style="position:absolute;margin-left:-66pt;margin-top:-70.15pt;width:297.75pt;height:113.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAP0pgVagIAABgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9P2zAQf5+072D5faQJ7YCKFFUgpkkI&#10;KmDi2Th2G83xeWe3afdt9ln4Yjs7aYoY2sO0F+fO97u/+Z3PL7aNYRuFvgZb8vxoxJmyEqraLkv+&#10;7fH60ylnPghbCQNWlXynPL+Yffxw3rqpKmAFplLIKIj109aVfBWCm2aZlyvVCH8ETlkyasBGBFJx&#10;mVUoWoremKwYjT5nLWDlEKTynm6vOiOfpfhaKxnutPYqMFNyqi2kE9P5HM9sdi6mSxRuVcu+DPEP&#10;VTSitpR0CHUlgmBrrP8I1dQSwYMORxKaDLSupUo9UDf56E03DyvhVOqFhuPdMCb//8LK280CWV2V&#10;vODMioZ+0T0N7eWXXa4NsCIOqHV+SrgHt8Be8yTGbrcam/ilPtg2DXU3DFVtA5N0eXxymo+LCWeS&#10;bPn4+GwynsSo2cHdoQ9fFDQsCiVHKiANU2xufOige0jMZuG6Nibex8q6WpIUdkZFgLH3SlNTlL1I&#10;gRKd1KVBthFEhOp73leQkNFFU8TBKX/PyYS9U4+NbipRbHAcved4yDagU0awYXBsagv4d2fd4fdd&#10;d73Gtp+h2tE/ROjI7Z28rmmON8KHhUBiM/GeNjTc0aENtCWHXuJsBfjzvfuIJ5KRlbOWtqPk/sda&#10;oOLMfLVEv7N8PI7rlJTx5KQgBV9bnl9b7Lq5BJp7Tm+Bk0mM+GD2okZonmiR5zErmYSVlLvkMuBe&#10;uQzd1tJTINV8nmC0Qk6EG/vgZAwepxp58rh9Euh6MgXi4S3sN0lM33Cqw0ZPC/N1AF0nwh3m2s+b&#10;1i9Rtn8q4n6/1hPq8KDNfgMAAP//AwBQSwMEFAAGAAgAAAAhAC7F2tvhAAAADAEAAA8AAABkcnMv&#10;ZG93bnJldi54bWxMj81ugzAQhO+V+g7WVuotMQGKIoqJokhV1Z6a9O/q4C2g4jXCGwJvX+fU3GY1&#10;o9lvis1kOzHi4FtHClbLCARS5UxLtYKP96fFGoRnTUZ3jlDBjB425e1NoXPjzrTH8cC1CCXkc62g&#10;Ye5zKX3VoNV+6Xqk4P24wWoO51BLM+hzKLedjKMok1a3FD40usddg9Xv4WQVfI4vJF+95/gr2b49&#10;f+9m1+5npe7vpu0jCMaJ/8NwwQ/oUAamozuR8aJTsFglcRjDF5VGCYiQSbPkAcRRwTpLQZaFvB5R&#10;/gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;AC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAP0pgVagIAABgFAAAOAAAAAAAAAAAAAAAA&#10;AC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAuxdrb4QAAAAwBAAAPAAAAAAAAAAAA&#10;AAAAAMQEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA0gUAAAAA&#10;" filled="f" strokecolor="black [3200]" strokeweight="2pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1A5F7349" w14:textId="77777777" w:rsidR="002C54D8" w:rsidRDefault="002C54D8" w:rsidP="00E21272">
+    <w:p w14:paraId="401B6AE2" w14:textId="77777777" w:rsidR="00230A9C" w:rsidRDefault="00230A9C" w:rsidP="00E21272">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6FB0E059" w14:textId="77777777" w:rsidR="002C54D8" w:rsidRDefault="002C54D8" w:rsidP="00E21272">
+    <w:p w14:paraId="1163D803" w14:textId="77777777" w:rsidR="00230A9C" w:rsidRDefault="00230A9C" w:rsidP="00E21272">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:p w14:paraId="2C70ED7D" w14:textId="2EE26572" w:rsidR="00DB367A" w:rsidRDefault="00AC019F">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3E5A9311" wp14:editId="635C7290">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="margin">
                 <wp:align>center</wp:align>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-9525</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1508760" cy="463550"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="8" name="8 Cuadro de texto"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -1654,51 +1655,51 @@
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1859512F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F450321E"/>
     <w:lvl w:ilvl="0" w:tplc="280A000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="280A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -2061,200 +2062,203 @@
     <w:lvl w:ilvl="7" w:tplc="280A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="280A0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="835270461">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1067723942">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="301077628">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="818808835">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00277492"/>
     <w:rsid w:val="00025867"/>
     <w:rsid w:val="00055525"/>
     <w:rsid w:val="000561F4"/>
     <w:rsid w:val="00066F82"/>
     <w:rsid w:val="000D7851"/>
     <w:rsid w:val="00110FE9"/>
     <w:rsid w:val="00147B1B"/>
     <w:rsid w:val="001C61C3"/>
     <w:rsid w:val="00225000"/>
+    <w:rsid w:val="00230A9C"/>
     <w:rsid w:val="002735E8"/>
     <w:rsid w:val="00277492"/>
     <w:rsid w:val="002C54D8"/>
     <w:rsid w:val="00333606"/>
+    <w:rsid w:val="00371634"/>
     <w:rsid w:val="0038130A"/>
     <w:rsid w:val="00383A90"/>
     <w:rsid w:val="003C3B30"/>
     <w:rsid w:val="003F7E7F"/>
     <w:rsid w:val="004152DC"/>
     <w:rsid w:val="00423E07"/>
     <w:rsid w:val="00434C69"/>
     <w:rsid w:val="00441EB1"/>
     <w:rsid w:val="004467B1"/>
     <w:rsid w:val="00473427"/>
     <w:rsid w:val="00473EE5"/>
     <w:rsid w:val="00486226"/>
     <w:rsid w:val="00496ED8"/>
     <w:rsid w:val="004B40D2"/>
     <w:rsid w:val="00532A92"/>
     <w:rsid w:val="00551AF7"/>
     <w:rsid w:val="005D1DEA"/>
     <w:rsid w:val="005D77D3"/>
     <w:rsid w:val="006004EC"/>
     <w:rsid w:val="00610932"/>
     <w:rsid w:val="0064553C"/>
     <w:rsid w:val="00683FEE"/>
     <w:rsid w:val="006E5EBE"/>
     <w:rsid w:val="006F1617"/>
     <w:rsid w:val="007360E3"/>
     <w:rsid w:val="00770F7D"/>
     <w:rsid w:val="007B1A2C"/>
     <w:rsid w:val="007B7D95"/>
     <w:rsid w:val="007F2054"/>
     <w:rsid w:val="00851B6D"/>
     <w:rsid w:val="008907A4"/>
     <w:rsid w:val="008C2EA5"/>
     <w:rsid w:val="00914F49"/>
     <w:rsid w:val="0092440F"/>
     <w:rsid w:val="009A3674"/>
     <w:rsid w:val="009F5E9F"/>
     <w:rsid w:val="00A35668"/>
     <w:rsid w:val="00A7489E"/>
     <w:rsid w:val="00AA582A"/>
     <w:rsid w:val="00AC019F"/>
     <w:rsid w:val="00B349A2"/>
     <w:rsid w:val="00B60772"/>
     <w:rsid w:val="00B64351"/>
     <w:rsid w:val="00BB26CC"/>
     <w:rsid w:val="00BF6417"/>
     <w:rsid w:val="00C02E10"/>
+    <w:rsid w:val="00C6149F"/>
     <w:rsid w:val="00C878F8"/>
     <w:rsid w:val="00CD18E0"/>
     <w:rsid w:val="00CF3E7A"/>
     <w:rsid w:val="00D4296E"/>
     <w:rsid w:val="00D64A6A"/>
     <w:rsid w:val="00D9161D"/>
     <w:rsid w:val="00DB367A"/>
     <w:rsid w:val="00E03639"/>
     <w:rsid w:val="00E21272"/>
     <w:rsid w:val="00E859C6"/>
     <w:rsid w:val="00E915CF"/>
     <w:rsid w:val="00F072E5"/>
     <w:rsid w:val="00F67747"/>
     <w:rsid w:val="00F71BD2"/>
     <w:rsid w:val="00F84DFA"/>
     <w:rsid w:val="00FA45C4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-PE"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5E111223"/>
   <w15:docId w15:val="{1CB34717-C6CB-4E95-860D-3FB990948DBC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-PE" w:eastAsia="es-PE" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2694,51 +2698,51 @@
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E21272"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00E21272"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -3010,68 +3014,68 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{884960F6-B4B2-46C8-B68B-2CF0B0EC85C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>330</Words>
-  <Characters>1818</Characters>
+  <Words>325</Words>
+  <Characters>1788</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>15</Lines>
+  <Lines>14</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Hewlett-Packard Company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2144</CharactersWithSpaces>
+  <CharactersWithSpaces>2109</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Angelik</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>