--- v0 (2025-12-16)
+++ v1 (2026-02-01)
@@ -1,187 +1,189 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x15 xr xr6 xr10">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27425"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27425"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\fuente subversion-portal2020\trunk\GestionPortal\web\html\agencia\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3B3248CB-0002-4368-BEF7-55DA1B4CD224}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{0F8A7A4E-E226-4C2A-B991-95AB225BF773}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ORAF con acervo transferido" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ORAF con acervo transferido'!$B$11:$J$109</definedName>
     <definedName name="AECIR">[1]Hoja1!$B$62:$T$76</definedName>
     <definedName name="alianza">[1]Hoja1!$C$6:$C$19</definedName>
     <definedName name="Andy">[1]Hoja1!$C$5:$U$20</definedName>
     <definedName name="JR">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B13" i="1" l="1"/>
-  <c r="B14" i="1"/>
-[...92 lines deleted...]
-  <c r="B110" i="1"/>
+  <c r="B14" i="1" s="1"/>
+  <c r="B15" i="1" s="1"/>
+  <c r="B16" i="1" s="1"/>
+  <c r="B17" i="1" s="1"/>
+  <c r="B18" i="1" l="1"/>
+  <c r="B19" i="1" s="1"/>
+  <c r="B20" i="1" s="1"/>
+  <c r="B21" i="1" s="1"/>
+  <c r="B22" i="1" s="1"/>
+  <c r="B23" i="1" s="1"/>
+  <c r="B24" i="1" s="1"/>
+  <c r="B25" i="1" s="1"/>
+  <c r="B26" i="1" s="1"/>
+  <c r="B27" i="1" s="1"/>
+  <c r="B28" i="1" s="1"/>
+  <c r="B29" i="1" s="1"/>
+  <c r="B30" i="1" s="1"/>
+  <c r="B31" i="1" s="1"/>
+  <c r="B32" i="1" s="1"/>
+  <c r="B33" i="1" s="1"/>
+  <c r="B34" i="1" s="1"/>
+  <c r="B35" i="1" s="1"/>
+  <c r="B36" i="1" s="1"/>
+  <c r="B37" i="1" s="1"/>
+  <c r="B38" i="1" s="1"/>
+  <c r="B39" i="1" s="1"/>
+  <c r="B40" i="1" s="1"/>
+  <c r="B41" i="1" s="1"/>
+  <c r="B42" i="1" s="1"/>
+  <c r="B43" i="1" s="1"/>
+  <c r="B44" i="1" s="1"/>
+  <c r="B45" i="1" s="1"/>
+  <c r="B46" i="1" s="1"/>
+  <c r="B47" i="1" s="1"/>
+  <c r="B48" i="1" s="1"/>
+  <c r="B49" i="1" s="1"/>
+  <c r="B50" i="1" s="1"/>
+  <c r="B51" i="1" s="1"/>
+  <c r="B52" i="1" s="1"/>
+  <c r="B53" i="1" s="1"/>
+  <c r="B54" i="1" s="1"/>
+  <c r="B55" i="1" s="1"/>
+  <c r="B59" i="1" s="1"/>
+  <c r="B60" i="1" s="1"/>
+  <c r="B61" i="1" s="1"/>
+  <c r="B62" i="1" s="1"/>
+  <c r="B63" i="1" s="1"/>
+  <c r="B64" i="1" s="1"/>
+  <c r="B65" i="1" s="1"/>
+  <c r="B66" i="1" s="1"/>
+  <c r="B67" i="1" s="1"/>
+  <c r="B68" i="1" s="1"/>
+  <c r="B69" i="1" s="1"/>
+  <c r="B70" i="1" s="1"/>
+  <c r="B71" i="1" s="1"/>
+  <c r="B72" i="1" s="1"/>
+  <c r="B73" i="1" s="1"/>
+  <c r="B74" i="1" s="1"/>
+  <c r="B75" i="1" s="1"/>
+  <c r="B76" i="1" s="1"/>
+  <c r="B77" i="1" s="1"/>
+  <c r="B78" i="1" s="1"/>
+  <c r="B79" i="1" s="1"/>
+  <c r="B80" i="1" s="1"/>
+  <c r="B81" i="1" s="1"/>
+  <c r="B82" i="1" s="1"/>
+  <c r="B83" i="1" s="1"/>
+  <c r="B84" i="1" s="1"/>
+  <c r="B85" i="1" s="1"/>
+  <c r="B86" i="1" s="1"/>
+  <c r="B87" i="1" s="1"/>
+  <c r="B88" i="1" s="1"/>
+  <c r="B89" i="1" s="1"/>
+  <c r="B90" i="1" s="1"/>
+  <c r="B91" i="1" s="1"/>
+  <c r="B92" i="1" s="1"/>
+  <c r="B93" i="1" s="1"/>
+  <c r="B94" i="1" s="1"/>
+  <c r="B95" i="1" s="1"/>
+  <c r="B96" i="1" s="1"/>
+  <c r="B97" i="1" s="1"/>
+  <c r="B98" i="1" s="1"/>
+  <c r="B99" i="1" s="1"/>
+  <c r="B100" i="1" s="1"/>
+  <c r="B101" i="1" s="1"/>
+  <c r="B102" i="1" s="1"/>
+  <c r="B103" i="1" s="1"/>
+  <c r="B104" i="1" s="1"/>
+  <c r="B105" i="1" s="1"/>
+  <c r="B106" i="1" s="1"/>
+  <c r="B107" i="1" s="1"/>
+  <c r="B108" i="1" s="1"/>
+  <c r="B109" i="1" s="1"/>
+  <c r="B110" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="665" uniqueCount="338">
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>DEPARTAMENTO</t>
   </si>
   <si>
     <t>PROVINCIA</t>
   </si>
   <si>
     <t>DISTRITO</t>
   </si>
   <si>
     <t>TIPO MUNICIPALIDAD</t>
   </si>
   <si>
     <t>FECHA TRANSFERENCIA</t>
   </si>
   <si>
     <t>TUMBES</t>
@@ -1275,100 +1277,121 @@
     <t>POR FECHA DE TRANSFERENCIA (ASCENDENTE)</t>
   </si>
   <si>
     <t>RANGO DE AÑOS TRANSFERIDOS</t>
   </si>
   <si>
     <t>NUESTRA SEÑORA DE LA NATIVIDAD</t>
   </si>
   <si>
     <t>AUGUSTO B LEGUIA</t>
   </si>
   <si>
     <t>FRANCISCO BOLOGNESI</t>
   </si>
   <si>
     <t>RJ Nº 117-2025-JNAC/RENIEC</t>
   </si>
   <si>
     <t>1992-2023</t>
   </si>
   <si>
     <t>CENTRO POBLADO</t>
   </si>
   <si>
     <t>OREC AUTOMATIZADAS CUYO ACERVO DOCUMENTARIO REGISTRAL HA SIDO TRANSFERIDO AL RENIEC
-(Al 26 DE SEPTIEMBRE DEL 2025)</t>
+(Al 12 DE DICIEMBRE DEL 2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="_ [$€]* #,##0.00_ ;_ [$€]* \-#,##0.00_ ;_ [$€]* &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="166" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="167" formatCode="_(&quot;S/.&quot;\ * #,##0_);_(&quot;S/.&quot;\ * \(#,##0\);_(&quot;S/.&quot;\ * &quot;-&quot;_);_(@_)"/>
     <numFmt numFmtId="168" formatCode="_-* #,##0.00\ &quot;pta&quot;_-;\-* #,##0.00\ &quot;pta&quot;_-;_-* &quot;-&quot;??\ &quot;pta&quot;_-;_-@_-"/>
     <numFmt numFmtId="169" formatCode="dd/mm/yyyy;@"/>
   </numFmts>
-  <fonts count="35">
+  <fonts count="36">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="10"/>
       <name val="Geneva"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Geneva"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="0"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="17"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -1395,50 +1418,57 @@
     </font>
     <font>
       <sz val="11"/>
       <color indexed="52"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="56"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="62"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="12"/>
       <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <u/>
+      <sz val="8.8000000000000007"/>
+      <color theme="10"/>
+      <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="20"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="60"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="63"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color indexed="64"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1477,79 +1507,58 @@
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <color indexed="56"/>
       <name val="Cambria"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <b/>
-      <sz val="14"/>
+      <sz val="9"/>
+      <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
-      <u/>
-[...12 lines deleted...]
-    <font>
       <b/>
-      <sz val="9"/>
-[...6 lines deleted...]
-      <color theme="1"/>
+      <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="29">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="31"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="45"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="42"/>
       </patternFill>
@@ -1629,2528 +1638,2566 @@
         <fgColor indexed="10"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="57"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="53"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="26"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="9"/>
+        <fgColor theme="4" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="-0.249977111117893"/>
+        <fgColor rgb="FFFFFFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="4" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFFFFF"/>
+        <fgColor indexed="9"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="lightGray">
         <bgColor theme="0"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="14">
+  <borders count="17">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="23"/>
       </left>
       <right style="thin">
         <color indexed="23"/>
       </right>
       <top style="thin">
         <color indexed="23"/>
       </top>
       <bottom style="thin">
         <color indexed="23"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="double">
         <color indexed="63"/>
       </left>
       <right style="double">
         <color indexed="63"/>
       </right>
       <top style="double">
         <color indexed="63"/>
       </top>
       <bottom style="double">
         <color indexed="63"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
         <color indexed="52"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left/>
-[...7 lines deleted...]
-    <border>
       <left style="thin">
         <color indexed="22"/>
       </left>
       <right style="thin">
         <color indexed="22"/>
       </right>
       <top style="thin">
         <color indexed="22"/>
       </top>
       <bottom style="thin">
         <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="63"/>
       </left>
       <right style="thin">
         <color indexed="63"/>
       </right>
       <top style="thin">
         <color indexed="63"/>
       </top>
       <bottom style="thin">
         <color indexed="63"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color indexed="62"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color indexed="22"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="30"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="62"/>
       </top>
       <bottom style="double">
         <color indexed="62"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color auto="1"/>
+      </left>
+      <right style="thin">
+        <color auto="1"/>
+      </right>
       <top style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </top>
       <bottom style="thin">
-        <color indexed="64"/>
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
-      <top/>
-      <bottom style="thin">
+      <top style="thin">
         <color indexed="64"/>
-      </bottom>
+      </top>
+      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="1025">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="8" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...182 lines deleted...]
-    <xf numFmtId="0" fontId="17" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="11" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="13" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="16" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="16" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="16" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="14" fillId="16" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="16" fillId="17" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="17" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="17" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="16" fillId="17" borderId="3" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="17" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="7" borderId="2" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-[...829 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="22" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="166" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="167" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="168" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="23" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="3" fillId="23" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="23" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="23" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="3" fillId="23" borderId="5" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="3" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="16" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="16" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="16" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="26" fillId="16" borderId="6" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="7" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="8" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="31" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="45">
+  <cellXfs count="51">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="24" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="169" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="26" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="10" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="34" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="25" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="24" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="9" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="9" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="27" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="25" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="24" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="27" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="24" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="27" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="0" borderId="10" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="6" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="8" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="28" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="28" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="26" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="26" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="35" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="26" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="26" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="26" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="26" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="26" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="24" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="27" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="24" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="27" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="7" fillId="24" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="27" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1025">
-    <cellStyle name="20% - Énfasis1 2" xfId="1"/>
-[...244 lines deleted...]
-    <cellStyle name="Neutral 5" xfId="246"/>
+    <cellStyle name="20% - Énfasis1 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="20% - Énfasis1 2 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="20% - Énfasis1 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="20% - Énfasis1 3 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="20% - Énfasis1 4" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="20% - Énfasis1 4 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="20% - Énfasis1 5" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="20% - Énfasis1 5 2" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="20% - Énfasis2 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="20% - Énfasis2 2 2" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="20% - Énfasis2 3" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="20% - Énfasis2 3 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="20% - Énfasis2 4" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="20% - Énfasis2 4 2" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="20% - Énfasis2 5" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="20% - Énfasis2 5 2" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
+    <cellStyle name="20% - Énfasis3 2" xfId="17" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
+    <cellStyle name="20% - Énfasis3 2 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="20% - Énfasis3 3" xfId="19" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="20% - Énfasis3 3 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="20% - Énfasis3 4" xfId="21" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="20% - Énfasis3 4 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="20% - Énfasis3 5" xfId="23" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="20% - Énfasis3 5 2" xfId="24" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="20% - Énfasis4 2" xfId="25" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="20% - Énfasis4 2 2" xfId="26" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="20% - Énfasis4 3" xfId="27" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="20% - Énfasis4 3 2" xfId="28" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="20% - Énfasis4 4" xfId="29" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="20% - Énfasis4 4 2" xfId="30" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="20% - Énfasis4 5" xfId="31" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="20% - Énfasis4 5 2" xfId="32" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="20% - Énfasis5 2" xfId="33" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="20% - Énfasis5 2 2" xfId="34" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="20% - Énfasis5 3" xfId="35" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="20% - Énfasis5 3 2" xfId="36" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="20% - Énfasis5 4" xfId="37" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
+    <cellStyle name="20% - Énfasis5 4 2" xfId="38" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="20% - Énfasis5 5" xfId="39" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="20% - Énfasis5 5 2" xfId="40" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="20% - Énfasis6 2" xfId="41" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="20% - Énfasis6 2 2" xfId="42" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="20% - Énfasis6 3" xfId="43" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="20% - Énfasis6 3 2" xfId="44" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
+    <cellStyle name="20% - Énfasis6 4" xfId="45" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
+    <cellStyle name="20% - Énfasis6 4 2" xfId="46" xr:uid="{00000000-0005-0000-0000-00002D000000}"/>
+    <cellStyle name="20% - Énfasis6 5" xfId="47" xr:uid="{00000000-0005-0000-0000-00002E000000}"/>
+    <cellStyle name="20% - Énfasis6 5 2" xfId="48" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
+    <cellStyle name="40% - Énfasis1 2" xfId="49" xr:uid="{00000000-0005-0000-0000-000030000000}"/>
+    <cellStyle name="40% - Énfasis1 2 2" xfId="50" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
+    <cellStyle name="40% - Énfasis1 3" xfId="51" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
+    <cellStyle name="40% - Énfasis1 3 2" xfId="52" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="40% - Énfasis1 4" xfId="53" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
+    <cellStyle name="40% - Énfasis1 4 2" xfId="54" xr:uid="{00000000-0005-0000-0000-000035000000}"/>
+    <cellStyle name="40% - Énfasis1 5" xfId="55" xr:uid="{00000000-0005-0000-0000-000036000000}"/>
+    <cellStyle name="40% - Énfasis1 5 2" xfId="56" xr:uid="{00000000-0005-0000-0000-000037000000}"/>
+    <cellStyle name="40% - Énfasis2 2" xfId="57" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
+    <cellStyle name="40% - Énfasis2 2 2" xfId="58" xr:uid="{00000000-0005-0000-0000-000039000000}"/>
+    <cellStyle name="40% - Énfasis2 3" xfId="59" xr:uid="{00000000-0005-0000-0000-00003A000000}"/>
+    <cellStyle name="40% - Énfasis2 3 2" xfId="60" xr:uid="{00000000-0005-0000-0000-00003B000000}"/>
+    <cellStyle name="40% - Énfasis2 4" xfId="61" xr:uid="{00000000-0005-0000-0000-00003C000000}"/>
+    <cellStyle name="40% - Énfasis2 4 2" xfId="62" xr:uid="{00000000-0005-0000-0000-00003D000000}"/>
+    <cellStyle name="40% - Énfasis2 5" xfId="63" xr:uid="{00000000-0005-0000-0000-00003E000000}"/>
+    <cellStyle name="40% - Énfasis2 5 2" xfId="64" xr:uid="{00000000-0005-0000-0000-00003F000000}"/>
+    <cellStyle name="40% - Énfasis3 2" xfId="65" xr:uid="{00000000-0005-0000-0000-000040000000}"/>
+    <cellStyle name="40% - Énfasis3 2 2" xfId="66" xr:uid="{00000000-0005-0000-0000-000041000000}"/>
+    <cellStyle name="40% - Énfasis3 3" xfId="67" xr:uid="{00000000-0005-0000-0000-000042000000}"/>
+    <cellStyle name="40% - Énfasis3 3 2" xfId="68" xr:uid="{00000000-0005-0000-0000-000043000000}"/>
+    <cellStyle name="40% - Énfasis3 4" xfId="69" xr:uid="{00000000-0005-0000-0000-000044000000}"/>
+    <cellStyle name="40% - Énfasis3 4 2" xfId="70" xr:uid="{00000000-0005-0000-0000-000045000000}"/>
+    <cellStyle name="40% - Énfasis3 5" xfId="71" xr:uid="{00000000-0005-0000-0000-000046000000}"/>
+    <cellStyle name="40% - Énfasis3 5 2" xfId="72" xr:uid="{00000000-0005-0000-0000-000047000000}"/>
+    <cellStyle name="40% - Énfasis4 2" xfId="73" xr:uid="{00000000-0005-0000-0000-000048000000}"/>
+    <cellStyle name="40% - Énfasis4 2 2" xfId="74" xr:uid="{00000000-0005-0000-0000-000049000000}"/>
+    <cellStyle name="40% - Énfasis4 3" xfId="75" xr:uid="{00000000-0005-0000-0000-00004A000000}"/>
+    <cellStyle name="40% - Énfasis4 3 2" xfId="76" xr:uid="{00000000-0005-0000-0000-00004B000000}"/>
+    <cellStyle name="40% - Énfasis4 4" xfId="77" xr:uid="{00000000-0005-0000-0000-00004C000000}"/>
+    <cellStyle name="40% - Énfasis4 4 2" xfId="78" xr:uid="{00000000-0005-0000-0000-00004D000000}"/>
+    <cellStyle name="40% - Énfasis4 5" xfId="79" xr:uid="{00000000-0005-0000-0000-00004E000000}"/>
+    <cellStyle name="40% - Énfasis4 5 2" xfId="80" xr:uid="{00000000-0005-0000-0000-00004F000000}"/>
+    <cellStyle name="40% - Énfasis5 2" xfId="81" xr:uid="{00000000-0005-0000-0000-000050000000}"/>
+    <cellStyle name="40% - Énfasis5 2 2" xfId="82" xr:uid="{00000000-0005-0000-0000-000051000000}"/>
+    <cellStyle name="40% - Énfasis5 3" xfId="83" xr:uid="{00000000-0005-0000-0000-000052000000}"/>
+    <cellStyle name="40% - Énfasis5 3 2" xfId="84" xr:uid="{00000000-0005-0000-0000-000053000000}"/>
+    <cellStyle name="40% - Énfasis5 4" xfId="85" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
+    <cellStyle name="40% - Énfasis5 4 2" xfId="86" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
+    <cellStyle name="40% - Énfasis5 5" xfId="87" xr:uid="{00000000-0005-0000-0000-000056000000}"/>
+    <cellStyle name="40% - Énfasis5 5 2" xfId="88" xr:uid="{00000000-0005-0000-0000-000057000000}"/>
+    <cellStyle name="40% - Énfasis6 2" xfId="89" xr:uid="{00000000-0005-0000-0000-000058000000}"/>
+    <cellStyle name="40% - Énfasis6 2 2" xfId="90" xr:uid="{00000000-0005-0000-0000-000059000000}"/>
+    <cellStyle name="40% - Énfasis6 3" xfId="91" xr:uid="{00000000-0005-0000-0000-00005A000000}"/>
+    <cellStyle name="40% - Énfasis6 3 2" xfId="92" xr:uid="{00000000-0005-0000-0000-00005B000000}"/>
+    <cellStyle name="40% - Énfasis6 4" xfId="93" xr:uid="{00000000-0005-0000-0000-00005C000000}"/>
+    <cellStyle name="40% - Énfasis6 4 2" xfId="94" xr:uid="{00000000-0005-0000-0000-00005D000000}"/>
+    <cellStyle name="40% - Énfasis6 5" xfId="95" xr:uid="{00000000-0005-0000-0000-00005E000000}"/>
+    <cellStyle name="40% - Énfasis6 5 2" xfId="96" xr:uid="{00000000-0005-0000-0000-00005F000000}"/>
+    <cellStyle name="60% - Énfasis1 2" xfId="97" xr:uid="{00000000-0005-0000-0000-000060000000}"/>
+    <cellStyle name="60% - Énfasis1 3" xfId="98" xr:uid="{00000000-0005-0000-0000-000061000000}"/>
+    <cellStyle name="60% - Énfasis1 4" xfId="99" xr:uid="{00000000-0005-0000-0000-000062000000}"/>
+    <cellStyle name="60% - Énfasis1 5" xfId="100" xr:uid="{00000000-0005-0000-0000-000063000000}"/>
+    <cellStyle name="60% - Énfasis2 2" xfId="101" xr:uid="{00000000-0005-0000-0000-000064000000}"/>
+    <cellStyle name="60% - Énfasis2 3" xfId="102" xr:uid="{00000000-0005-0000-0000-000065000000}"/>
+    <cellStyle name="60% - Énfasis2 4" xfId="103" xr:uid="{00000000-0005-0000-0000-000066000000}"/>
+    <cellStyle name="60% - Énfasis2 5" xfId="104" xr:uid="{00000000-0005-0000-0000-000067000000}"/>
+    <cellStyle name="60% - Énfasis3 2" xfId="105" xr:uid="{00000000-0005-0000-0000-000068000000}"/>
+    <cellStyle name="60% - Énfasis3 3" xfId="106" xr:uid="{00000000-0005-0000-0000-000069000000}"/>
+    <cellStyle name="60% - Énfasis3 4" xfId="107" xr:uid="{00000000-0005-0000-0000-00006A000000}"/>
+    <cellStyle name="60% - Énfasis3 5" xfId="108" xr:uid="{00000000-0005-0000-0000-00006B000000}"/>
+    <cellStyle name="60% - Énfasis4 2" xfId="109" xr:uid="{00000000-0005-0000-0000-00006C000000}"/>
+    <cellStyle name="60% - Énfasis4 3" xfId="110" xr:uid="{00000000-0005-0000-0000-00006D000000}"/>
+    <cellStyle name="60% - Énfasis4 4" xfId="111" xr:uid="{00000000-0005-0000-0000-00006E000000}"/>
+    <cellStyle name="60% - Énfasis4 5" xfId="112" xr:uid="{00000000-0005-0000-0000-00006F000000}"/>
+    <cellStyle name="60% - Énfasis5 2" xfId="113" xr:uid="{00000000-0005-0000-0000-000070000000}"/>
+    <cellStyle name="60% - Énfasis5 3" xfId="114" xr:uid="{00000000-0005-0000-0000-000071000000}"/>
+    <cellStyle name="60% - Énfasis5 4" xfId="115" xr:uid="{00000000-0005-0000-0000-000072000000}"/>
+    <cellStyle name="60% - Énfasis5 5" xfId="116" xr:uid="{00000000-0005-0000-0000-000073000000}"/>
+    <cellStyle name="60% - Énfasis6 2" xfId="117" xr:uid="{00000000-0005-0000-0000-000074000000}"/>
+    <cellStyle name="60% - Énfasis6 3" xfId="118" xr:uid="{00000000-0005-0000-0000-000075000000}"/>
+    <cellStyle name="60% - Énfasis6 4" xfId="119" xr:uid="{00000000-0005-0000-0000-000076000000}"/>
+    <cellStyle name="60% - Énfasis6 5" xfId="120" xr:uid="{00000000-0005-0000-0000-000077000000}"/>
+    <cellStyle name="Buena 2" xfId="121" xr:uid="{00000000-0005-0000-0000-000078000000}"/>
+    <cellStyle name="Buena 3" xfId="122" xr:uid="{00000000-0005-0000-0000-000079000000}"/>
+    <cellStyle name="Buena 4" xfId="123" xr:uid="{00000000-0005-0000-0000-00007A000000}"/>
+    <cellStyle name="Buena 5" xfId="124" xr:uid="{00000000-0005-0000-0000-00007B000000}"/>
+    <cellStyle name="Cálculo 2" xfId="125" xr:uid="{00000000-0005-0000-0000-00007C000000}"/>
+    <cellStyle name="Cálculo 3" xfId="126" xr:uid="{00000000-0005-0000-0000-00007D000000}"/>
+    <cellStyle name="Cálculo 4" xfId="127" xr:uid="{00000000-0005-0000-0000-00007E000000}"/>
+    <cellStyle name="Cálculo 5" xfId="128" xr:uid="{00000000-0005-0000-0000-00007F000000}"/>
+    <cellStyle name="Cancel" xfId="129" xr:uid="{00000000-0005-0000-0000-000080000000}"/>
+    <cellStyle name="Cancel 2" xfId="130" xr:uid="{00000000-0005-0000-0000-000081000000}"/>
+    <cellStyle name="Cancel 2 2" xfId="131" xr:uid="{00000000-0005-0000-0000-000082000000}"/>
+    <cellStyle name="Cancel 2 3" xfId="132" xr:uid="{00000000-0005-0000-0000-000083000000}"/>
+    <cellStyle name="Cancel 3" xfId="133" xr:uid="{00000000-0005-0000-0000-000084000000}"/>
+    <cellStyle name="Cancel 3 2" xfId="134" xr:uid="{00000000-0005-0000-0000-000085000000}"/>
+    <cellStyle name="Cancel 4" xfId="135" xr:uid="{00000000-0005-0000-0000-000086000000}"/>
+    <cellStyle name="Cancel 5 3" xfId="136" xr:uid="{00000000-0005-0000-0000-000087000000}"/>
+    <cellStyle name="Cancel_ACTA" xfId="137" xr:uid="{00000000-0005-0000-0000-000088000000}"/>
+    <cellStyle name="Celda de comprobación 2" xfId="138" xr:uid="{00000000-0005-0000-0000-000089000000}"/>
+    <cellStyle name="Celda de comprobación 3" xfId="139" xr:uid="{00000000-0005-0000-0000-00008A000000}"/>
+    <cellStyle name="Celda de comprobación 4" xfId="140" xr:uid="{00000000-0005-0000-0000-00008B000000}"/>
+    <cellStyle name="Celda de comprobación 5" xfId="141" xr:uid="{00000000-0005-0000-0000-00008C000000}"/>
+    <cellStyle name="Celda vinculada 2" xfId="142" xr:uid="{00000000-0005-0000-0000-00008D000000}"/>
+    <cellStyle name="Celda vinculada 3" xfId="143" xr:uid="{00000000-0005-0000-0000-00008E000000}"/>
+    <cellStyle name="Celda vinculada 4" xfId="144" xr:uid="{00000000-0005-0000-0000-00008F000000}"/>
+    <cellStyle name="Celda vinculada 5" xfId="145" xr:uid="{00000000-0005-0000-0000-000090000000}"/>
+    <cellStyle name="Encabezado 4 2" xfId="146" xr:uid="{00000000-0005-0000-0000-000091000000}"/>
+    <cellStyle name="Encabezado 4 3" xfId="147" xr:uid="{00000000-0005-0000-0000-000092000000}"/>
+    <cellStyle name="Encabezado 4 4" xfId="148" xr:uid="{00000000-0005-0000-0000-000093000000}"/>
+    <cellStyle name="Encabezado 4 5" xfId="149" xr:uid="{00000000-0005-0000-0000-000094000000}"/>
+    <cellStyle name="Énfasis1 2" xfId="150" xr:uid="{00000000-0005-0000-0000-000095000000}"/>
+    <cellStyle name="Énfasis1 3" xfId="151" xr:uid="{00000000-0005-0000-0000-000096000000}"/>
+    <cellStyle name="Énfasis1 4" xfId="152" xr:uid="{00000000-0005-0000-0000-000097000000}"/>
+    <cellStyle name="Énfasis1 5" xfId="153" xr:uid="{00000000-0005-0000-0000-000098000000}"/>
+    <cellStyle name="Énfasis2 2" xfId="154" xr:uid="{00000000-0005-0000-0000-000099000000}"/>
+    <cellStyle name="Énfasis2 3" xfId="155" xr:uid="{00000000-0005-0000-0000-00009A000000}"/>
+    <cellStyle name="Énfasis2 4" xfId="156" xr:uid="{00000000-0005-0000-0000-00009B000000}"/>
+    <cellStyle name="Énfasis2 5" xfId="157" xr:uid="{00000000-0005-0000-0000-00009C000000}"/>
+    <cellStyle name="Énfasis3 2" xfId="158" xr:uid="{00000000-0005-0000-0000-00009D000000}"/>
+    <cellStyle name="Énfasis3 3" xfId="159" xr:uid="{00000000-0005-0000-0000-00009E000000}"/>
+    <cellStyle name="Énfasis3 4" xfId="160" xr:uid="{00000000-0005-0000-0000-00009F000000}"/>
+    <cellStyle name="Énfasis3 5" xfId="161" xr:uid="{00000000-0005-0000-0000-0000A0000000}"/>
+    <cellStyle name="Énfasis4 2" xfId="162" xr:uid="{00000000-0005-0000-0000-0000A1000000}"/>
+    <cellStyle name="Énfasis4 3" xfId="163" xr:uid="{00000000-0005-0000-0000-0000A2000000}"/>
+    <cellStyle name="Énfasis4 4" xfId="164" xr:uid="{00000000-0005-0000-0000-0000A3000000}"/>
+    <cellStyle name="Énfasis4 5" xfId="165" xr:uid="{00000000-0005-0000-0000-0000A4000000}"/>
+    <cellStyle name="Énfasis5 2" xfId="166" xr:uid="{00000000-0005-0000-0000-0000A5000000}"/>
+    <cellStyle name="Énfasis5 3" xfId="167" xr:uid="{00000000-0005-0000-0000-0000A6000000}"/>
+    <cellStyle name="Énfasis5 4" xfId="168" xr:uid="{00000000-0005-0000-0000-0000A7000000}"/>
+    <cellStyle name="Énfasis5 5" xfId="169" xr:uid="{00000000-0005-0000-0000-0000A8000000}"/>
+    <cellStyle name="Énfasis6 2" xfId="170" xr:uid="{00000000-0005-0000-0000-0000A9000000}"/>
+    <cellStyle name="Énfasis6 3" xfId="171" xr:uid="{00000000-0005-0000-0000-0000AA000000}"/>
+    <cellStyle name="Énfasis6 4" xfId="172" xr:uid="{00000000-0005-0000-0000-0000AB000000}"/>
+    <cellStyle name="Énfasis6 5" xfId="173" xr:uid="{00000000-0005-0000-0000-0000AC000000}"/>
+    <cellStyle name="Entrada 2" xfId="174" xr:uid="{00000000-0005-0000-0000-0000AD000000}"/>
+    <cellStyle name="Entrada 3" xfId="175" xr:uid="{00000000-0005-0000-0000-0000AE000000}"/>
+    <cellStyle name="Entrada 4" xfId="176" xr:uid="{00000000-0005-0000-0000-0000AF000000}"/>
+    <cellStyle name="Entrada 5" xfId="177" xr:uid="{00000000-0005-0000-0000-0000B0000000}"/>
+    <cellStyle name="Estilo 1" xfId="178" xr:uid="{00000000-0005-0000-0000-0000B1000000}"/>
+    <cellStyle name="Euro" xfId="179" xr:uid="{00000000-0005-0000-0000-0000B2000000}"/>
+    <cellStyle name="Euro 2" xfId="180" xr:uid="{00000000-0005-0000-0000-0000B3000000}"/>
+    <cellStyle name="Euro 2 2" xfId="181" xr:uid="{00000000-0005-0000-0000-0000B4000000}"/>
+    <cellStyle name="Euro 3" xfId="182" xr:uid="{00000000-0005-0000-0000-0000B5000000}"/>
+    <cellStyle name="Euro 3 2" xfId="183" xr:uid="{00000000-0005-0000-0000-0000B6000000}"/>
+    <cellStyle name="Hipervínculo 2" xfId="184" xr:uid="{00000000-0005-0000-0000-0000B7000000}"/>
+    <cellStyle name="Hipervínculo 3" xfId="185" xr:uid="{00000000-0005-0000-0000-0000B8000000}"/>
+    <cellStyle name="Incorrecto 2" xfId="186" xr:uid="{00000000-0005-0000-0000-0000B9000000}"/>
+    <cellStyle name="Incorrecto 3" xfId="187" xr:uid="{00000000-0005-0000-0000-0000BA000000}"/>
+    <cellStyle name="Incorrecto 4" xfId="188" xr:uid="{00000000-0005-0000-0000-0000BB000000}"/>
+    <cellStyle name="Incorrecto 5" xfId="189" xr:uid="{00000000-0005-0000-0000-0000BC000000}"/>
+    <cellStyle name="Millares 12" xfId="1024" xr:uid="{00000000-0005-0000-0000-0000BD000000}"/>
+    <cellStyle name="Millares 2" xfId="190" xr:uid="{00000000-0005-0000-0000-0000BE000000}"/>
+    <cellStyle name="Millares 2 2" xfId="191" xr:uid="{00000000-0005-0000-0000-0000BF000000}"/>
+    <cellStyle name="Millares 2 2 2" xfId="192" xr:uid="{00000000-0005-0000-0000-0000C0000000}"/>
+    <cellStyle name="Millares 2 2 2 2" xfId="193" xr:uid="{00000000-0005-0000-0000-0000C1000000}"/>
+    <cellStyle name="Millares 2 2 3" xfId="194" xr:uid="{00000000-0005-0000-0000-0000C2000000}"/>
+    <cellStyle name="Millares 2 2 4" xfId="195" xr:uid="{00000000-0005-0000-0000-0000C3000000}"/>
+    <cellStyle name="Millares 2 3" xfId="196" xr:uid="{00000000-0005-0000-0000-0000C4000000}"/>
+    <cellStyle name="Millares 2 3 2" xfId="197" xr:uid="{00000000-0005-0000-0000-0000C5000000}"/>
+    <cellStyle name="Millares 2 3 3" xfId="198" xr:uid="{00000000-0005-0000-0000-0000C6000000}"/>
+    <cellStyle name="Millares 2 4" xfId="199" xr:uid="{00000000-0005-0000-0000-0000C7000000}"/>
+    <cellStyle name="Millares 2 4 2" xfId="200" xr:uid="{00000000-0005-0000-0000-0000C8000000}"/>
+    <cellStyle name="Millares 2 4 3" xfId="201" xr:uid="{00000000-0005-0000-0000-0000C9000000}"/>
+    <cellStyle name="Millares 2 5" xfId="202" xr:uid="{00000000-0005-0000-0000-0000CA000000}"/>
+    <cellStyle name="Millares 2 5 2" xfId="203" xr:uid="{00000000-0005-0000-0000-0000CB000000}"/>
+    <cellStyle name="Millares 2 5 3" xfId="204" xr:uid="{00000000-0005-0000-0000-0000CC000000}"/>
+    <cellStyle name="Millares 2 6" xfId="205" xr:uid="{00000000-0005-0000-0000-0000CD000000}"/>
+    <cellStyle name="Millares 2 6 2" xfId="206" xr:uid="{00000000-0005-0000-0000-0000CE000000}"/>
+    <cellStyle name="Millares 2 6 3" xfId="207" xr:uid="{00000000-0005-0000-0000-0000CF000000}"/>
+    <cellStyle name="Millares 3" xfId="208" xr:uid="{00000000-0005-0000-0000-0000D0000000}"/>
+    <cellStyle name="Millares 3 2" xfId="209" xr:uid="{00000000-0005-0000-0000-0000D1000000}"/>
+    <cellStyle name="Millares 4" xfId="210" xr:uid="{00000000-0005-0000-0000-0000D2000000}"/>
+    <cellStyle name="Millares 4 2" xfId="211" xr:uid="{00000000-0005-0000-0000-0000D3000000}"/>
+    <cellStyle name="Millares 4 2 2" xfId="212" xr:uid="{00000000-0005-0000-0000-0000D4000000}"/>
+    <cellStyle name="Millares 4 2 2 2" xfId="213" xr:uid="{00000000-0005-0000-0000-0000D5000000}"/>
+    <cellStyle name="Millares 4 2 3" xfId="214" xr:uid="{00000000-0005-0000-0000-0000D6000000}"/>
+    <cellStyle name="Millares 4 2 4" xfId="215" xr:uid="{00000000-0005-0000-0000-0000D7000000}"/>
+    <cellStyle name="Millares 4 3" xfId="216" xr:uid="{00000000-0005-0000-0000-0000D8000000}"/>
+    <cellStyle name="Millares 4 3 2" xfId="217" xr:uid="{00000000-0005-0000-0000-0000D9000000}"/>
+    <cellStyle name="Millares 4 3 3" xfId="218" xr:uid="{00000000-0005-0000-0000-0000DA000000}"/>
+    <cellStyle name="Millares 4 3 4" xfId="219" xr:uid="{00000000-0005-0000-0000-0000DB000000}"/>
+    <cellStyle name="Millares 4 4" xfId="220" xr:uid="{00000000-0005-0000-0000-0000DC000000}"/>
+    <cellStyle name="Millares 4 4 2" xfId="221" xr:uid="{00000000-0005-0000-0000-0000DD000000}"/>
+    <cellStyle name="Millares 4 4 3" xfId="222" xr:uid="{00000000-0005-0000-0000-0000DE000000}"/>
+    <cellStyle name="Millares 4 5" xfId="223" xr:uid="{00000000-0005-0000-0000-0000DF000000}"/>
+    <cellStyle name="Millares 4 5 2" xfId="224" xr:uid="{00000000-0005-0000-0000-0000E0000000}"/>
+    <cellStyle name="Millares 4 5 3" xfId="225" xr:uid="{00000000-0005-0000-0000-0000E1000000}"/>
+    <cellStyle name="Millares 4 6" xfId="226" xr:uid="{00000000-0005-0000-0000-0000E2000000}"/>
+    <cellStyle name="Millares 4 6 2" xfId="227" xr:uid="{00000000-0005-0000-0000-0000E3000000}"/>
+    <cellStyle name="Millares 4 6 3" xfId="228" xr:uid="{00000000-0005-0000-0000-0000E4000000}"/>
+    <cellStyle name="Millares 5" xfId="229" xr:uid="{00000000-0005-0000-0000-0000E5000000}"/>
+    <cellStyle name="Millares 5 2" xfId="230" xr:uid="{00000000-0005-0000-0000-0000E6000000}"/>
+    <cellStyle name="Millares 5 2 2" xfId="231" xr:uid="{00000000-0005-0000-0000-0000E7000000}"/>
+    <cellStyle name="Millares 5 2 3" xfId="232" xr:uid="{00000000-0005-0000-0000-0000E8000000}"/>
+    <cellStyle name="Millares 5 2 4" xfId="233" xr:uid="{00000000-0005-0000-0000-0000E9000000}"/>
+    <cellStyle name="Millares 5 3" xfId="234" xr:uid="{00000000-0005-0000-0000-0000EA000000}"/>
+    <cellStyle name="Millares 5 4" xfId="235" xr:uid="{00000000-0005-0000-0000-0000EB000000}"/>
+    <cellStyle name="Millares 5 5" xfId="236" xr:uid="{00000000-0005-0000-0000-0000EC000000}"/>
+    <cellStyle name="Millares 6" xfId="237" xr:uid="{00000000-0005-0000-0000-0000ED000000}"/>
+    <cellStyle name="Millares 7" xfId="238" xr:uid="{00000000-0005-0000-0000-0000EE000000}"/>
+    <cellStyle name="Moneda [0] 2" xfId="239" xr:uid="{00000000-0005-0000-0000-0000EF000000}"/>
+    <cellStyle name="Moneda 2" xfId="240" xr:uid="{00000000-0005-0000-0000-0000F0000000}"/>
+    <cellStyle name="Moneda 2 2" xfId="241" xr:uid="{00000000-0005-0000-0000-0000F1000000}"/>
+    <cellStyle name="Neutral 2" xfId="242" xr:uid="{00000000-0005-0000-0000-0000F2000000}"/>
+    <cellStyle name="Neutral 3" xfId="243" xr:uid="{00000000-0005-0000-0000-0000F3000000}"/>
+    <cellStyle name="Neutral 4" xfId="244" xr:uid="{00000000-0005-0000-0000-0000F4000000}"/>
+    <cellStyle name="Neutral 5" xfId="245" xr:uid="{00000000-0005-0000-0000-0000F5000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 10" xfId="247"/>
-[...776 lines deleted...]
-    <cellStyle name="Total 5" xfId="1024"/>
+    <cellStyle name="Normal 10" xfId="246" xr:uid="{00000000-0005-0000-0000-0000F7000000}"/>
+    <cellStyle name="Normal 10 2" xfId="247" xr:uid="{00000000-0005-0000-0000-0000F8000000}"/>
+    <cellStyle name="Normal 10 2 2" xfId="248" xr:uid="{00000000-0005-0000-0000-0000F9000000}"/>
+    <cellStyle name="Normal 10 3" xfId="249" xr:uid="{00000000-0005-0000-0000-0000FA000000}"/>
+    <cellStyle name="Normal 100" xfId="250" xr:uid="{00000000-0005-0000-0000-0000FB000000}"/>
+    <cellStyle name="Normal 100 2" xfId="251" xr:uid="{00000000-0005-0000-0000-0000FC000000}"/>
+    <cellStyle name="Normal 100 3" xfId="252" xr:uid="{00000000-0005-0000-0000-0000FD000000}"/>
+    <cellStyle name="Normal 101" xfId="253" xr:uid="{00000000-0005-0000-0000-0000FE000000}"/>
+    <cellStyle name="Normal 101 2" xfId="254" xr:uid="{00000000-0005-0000-0000-0000FF000000}"/>
+    <cellStyle name="Normal 101 3" xfId="255" xr:uid="{00000000-0005-0000-0000-000000010000}"/>
+    <cellStyle name="Normal 102" xfId="256" xr:uid="{00000000-0005-0000-0000-000001010000}"/>
+    <cellStyle name="Normal 102 2" xfId="257" xr:uid="{00000000-0005-0000-0000-000002010000}"/>
+    <cellStyle name="Normal 103" xfId="258" xr:uid="{00000000-0005-0000-0000-000003010000}"/>
+    <cellStyle name="Normal 103 2" xfId="259" xr:uid="{00000000-0005-0000-0000-000004010000}"/>
+    <cellStyle name="Normal 104" xfId="260" xr:uid="{00000000-0005-0000-0000-000005010000}"/>
+    <cellStyle name="Normal 104 2" xfId="261" xr:uid="{00000000-0005-0000-0000-000006010000}"/>
+    <cellStyle name="Normal 105" xfId="262" xr:uid="{00000000-0005-0000-0000-000007010000}"/>
+    <cellStyle name="Normal 105 2" xfId="263" xr:uid="{00000000-0005-0000-0000-000008010000}"/>
+    <cellStyle name="Normal 106" xfId="264" xr:uid="{00000000-0005-0000-0000-000009010000}"/>
+    <cellStyle name="Normal 106 2" xfId="265" xr:uid="{00000000-0005-0000-0000-00000A010000}"/>
+    <cellStyle name="Normal 106 3" xfId="266" xr:uid="{00000000-0005-0000-0000-00000B010000}"/>
+    <cellStyle name="Normal 107" xfId="267" xr:uid="{00000000-0005-0000-0000-00000C010000}"/>
+    <cellStyle name="Normal 107 2" xfId="268" xr:uid="{00000000-0005-0000-0000-00000D010000}"/>
+    <cellStyle name="Normal 108" xfId="269" xr:uid="{00000000-0005-0000-0000-00000E010000}"/>
+    <cellStyle name="Normal 109" xfId="270" xr:uid="{00000000-0005-0000-0000-00000F010000}"/>
+    <cellStyle name="Normal 11" xfId="271" xr:uid="{00000000-0005-0000-0000-000010010000}"/>
+    <cellStyle name="Normal 11 2" xfId="272" xr:uid="{00000000-0005-0000-0000-000011010000}"/>
+    <cellStyle name="Normal 11 3" xfId="273" xr:uid="{00000000-0005-0000-0000-000012010000}"/>
+    <cellStyle name="Normal 110" xfId="274" xr:uid="{00000000-0005-0000-0000-000013010000}"/>
+    <cellStyle name="Normal 111" xfId="275" xr:uid="{00000000-0005-0000-0000-000014010000}"/>
+    <cellStyle name="Normal 112" xfId="276" xr:uid="{00000000-0005-0000-0000-000015010000}"/>
+    <cellStyle name="Normal 113" xfId="277" xr:uid="{00000000-0005-0000-0000-000016010000}"/>
+    <cellStyle name="Normal 114" xfId="278" xr:uid="{00000000-0005-0000-0000-000017010000}"/>
+    <cellStyle name="Normal 115" xfId="279" xr:uid="{00000000-0005-0000-0000-000018010000}"/>
+    <cellStyle name="Normal 116" xfId="280" xr:uid="{00000000-0005-0000-0000-000019010000}"/>
+    <cellStyle name="Normal 117" xfId="281" xr:uid="{00000000-0005-0000-0000-00001A010000}"/>
+    <cellStyle name="Normal 118" xfId="282" xr:uid="{00000000-0005-0000-0000-00001B010000}"/>
+    <cellStyle name="Normal 119" xfId="283" xr:uid="{00000000-0005-0000-0000-00001C010000}"/>
+    <cellStyle name="Normal 12" xfId="284" xr:uid="{00000000-0005-0000-0000-00001D010000}"/>
+    <cellStyle name="Normal 12 2" xfId="285" xr:uid="{00000000-0005-0000-0000-00001E010000}"/>
+    <cellStyle name="Normal 12 2 2" xfId="286" xr:uid="{00000000-0005-0000-0000-00001F010000}"/>
+    <cellStyle name="Normal 12 3" xfId="287" xr:uid="{00000000-0005-0000-0000-000020010000}"/>
+    <cellStyle name="Normal 12 4" xfId="288" xr:uid="{00000000-0005-0000-0000-000021010000}"/>
+    <cellStyle name="Normal 12 5" xfId="289" xr:uid="{00000000-0005-0000-0000-000022010000}"/>
+    <cellStyle name="Normal 12 6" xfId="290" xr:uid="{00000000-0005-0000-0000-000023010000}"/>
+    <cellStyle name="Normal 12 7" xfId="291" xr:uid="{00000000-0005-0000-0000-000024010000}"/>
+    <cellStyle name="Normal 120" xfId="292" xr:uid="{00000000-0005-0000-0000-000025010000}"/>
+    <cellStyle name="Normal 121" xfId="293" xr:uid="{00000000-0005-0000-0000-000026010000}"/>
+    <cellStyle name="Normal 122" xfId="294" xr:uid="{00000000-0005-0000-0000-000027010000}"/>
+    <cellStyle name="Normal 123" xfId="295" xr:uid="{00000000-0005-0000-0000-000028010000}"/>
+    <cellStyle name="Normal 124" xfId="296" xr:uid="{00000000-0005-0000-0000-000029010000}"/>
+    <cellStyle name="Normal 125" xfId="297" xr:uid="{00000000-0005-0000-0000-00002A010000}"/>
+    <cellStyle name="Normal 126" xfId="298" xr:uid="{00000000-0005-0000-0000-00002B010000}"/>
+    <cellStyle name="Normal 127" xfId="299" xr:uid="{00000000-0005-0000-0000-00002C010000}"/>
+    <cellStyle name="Normal 128" xfId="300" xr:uid="{00000000-0005-0000-0000-00002D010000}"/>
+    <cellStyle name="Normal 129" xfId="301" xr:uid="{00000000-0005-0000-0000-00002E010000}"/>
+    <cellStyle name="Normal 13" xfId="302" xr:uid="{00000000-0005-0000-0000-00002F010000}"/>
+    <cellStyle name="Normal 13 2" xfId="303" xr:uid="{00000000-0005-0000-0000-000030010000}"/>
+    <cellStyle name="Normal 13 2 2" xfId="304" xr:uid="{00000000-0005-0000-0000-000031010000}"/>
+    <cellStyle name="Normal 13 3" xfId="305" xr:uid="{00000000-0005-0000-0000-000032010000}"/>
+    <cellStyle name="Normal 13 4" xfId="306" xr:uid="{00000000-0005-0000-0000-000033010000}"/>
+    <cellStyle name="Normal 13 5" xfId="307" xr:uid="{00000000-0005-0000-0000-000034010000}"/>
+    <cellStyle name="Normal 13 6" xfId="308" xr:uid="{00000000-0005-0000-0000-000035010000}"/>
+    <cellStyle name="Normal 13 7" xfId="309" xr:uid="{00000000-0005-0000-0000-000036010000}"/>
+    <cellStyle name="Normal 130" xfId="310" xr:uid="{00000000-0005-0000-0000-000037010000}"/>
+    <cellStyle name="Normal 131" xfId="311" xr:uid="{00000000-0005-0000-0000-000038010000}"/>
+    <cellStyle name="Normal 132" xfId="312" xr:uid="{00000000-0005-0000-0000-000039010000}"/>
+    <cellStyle name="Normal 133" xfId="313" xr:uid="{00000000-0005-0000-0000-00003A010000}"/>
+    <cellStyle name="Normal 134" xfId="314" xr:uid="{00000000-0005-0000-0000-00003B010000}"/>
+    <cellStyle name="Normal 135" xfId="315" xr:uid="{00000000-0005-0000-0000-00003C010000}"/>
+    <cellStyle name="Normal 136" xfId="316" xr:uid="{00000000-0005-0000-0000-00003D010000}"/>
+    <cellStyle name="Normal 137" xfId="317" xr:uid="{00000000-0005-0000-0000-00003E010000}"/>
+    <cellStyle name="Normal 138" xfId="318" xr:uid="{00000000-0005-0000-0000-00003F010000}"/>
+    <cellStyle name="Normal 139" xfId="319" xr:uid="{00000000-0005-0000-0000-000040010000}"/>
+    <cellStyle name="Normal 14" xfId="320" xr:uid="{00000000-0005-0000-0000-000041010000}"/>
+    <cellStyle name="Normal 14 2" xfId="321" xr:uid="{00000000-0005-0000-0000-000042010000}"/>
+    <cellStyle name="Normal 14 2 2" xfId="322" xr:uid="{00000000-0005-0000-0000-000043010000}"/>
+    <cellStyle name="Normal 14 2 3" xfId="323" xr:uid="{00000000-0005-0000-0000-000044010000}"/>
+    <cellStyle name="Normal 14 3" xfId="324" xr:uid="{00000000-0005-0000-0000-000045010000}"/>
+    <cellStyle name="Normal 14 3 2" xfId="325" xr:uid="{00000000-0005-0000-0000-000046010000}"/>
+    <cellStyle name="Normal 14 4" xfId="326" xr:uid="{00000000-0005-0000-0000-000047010000}"/>
+    <cellStyle name="Normal 14 4 2" xfId="327" xr:uid="{00000000-0005-0000-0000-000048010000}"/>
+    <cellStyle name="Normal 14 5" xfId="328" xr:uid="{00000000-0005-0000-0000-000049010000}"/>
+    <cellStyle name="Normal 140" xfId="329" xr:uid="{00000000-0005-0000-0000-00004A010000}"/>
+    <cellStyle name="Normal 141" xfId="330" xr:uid="{00000000-0005-0000-0000-00004B010000}"/>
+    <cellStyle name="Normal 142" xfId="331" xr:uid="{00000000-0005-0000-0000-00004C010000}"/>
+    <cellStyle name="Normal 143" xfId="332" xr:uid="{00000000-0005-0000-0000-00004D010000}"/>
+    <cellStyle name="Normal 144" xfId="333" xr:uid="{00000000-0005-0000-0000-00004E010000}"/>
+    <cellStyle name="Normal 145" xfId="334" xr:uid="{00000000-0005-0000-0000-00004F010000}"/>
+    <cellStyle name="Normal 146" xfId="335" xr:uid="{00000000-0005-0000-0000-000050010000}"/>
+    <cellStyle name="Normal 147" xfId="336" xr:uid="{00000000-0005-0000-0000-000051010000}"/>
+    <cellStyle name="Normal 148" xfId="337" xr:uid="{00000000-0005-0000-0000-000052010000}"/>
+    <cellStyle name="Normal 149" xfId="338" xr:uid="{00000000-0005-0000-0000-000053010000}"/>
+    <cellStyle name="Normal 15" xfId="339" xr:uid="{00000000-0005-0000-0000-000054010000}"/>
+    <cellStyle name="Normal 15 2" xfId="340" xr:uid="{00000000-0005-0000-0000-000055010000}"/>
+    <cellStyle name="Normal 15 2 2" xfId="341" xr:uid="{00000000-0005-0000-0000-000056010000}"/>
+    <cellStyle name="Normal 15 3" xfId="342" xr:uid="{00000000-0005-0000-0000-000057010000}"/>
+    <cellStyle name="Normal 15 4" xfId="343" xr:uid="{00000000-0005-0000-0000-000058010000}"/>
+    <cellStyle name="Normal 15 5" xfId="344" xr:uid="{00000000-0005-0000-0000-000059010000}"/>
+    <cellStyle name="Normal 15 6" xfId="345" xr:uid="{00000000-0005-0000-0000-00005A010000}"/>
+    <cellStyle name="Normal 15 7" xfId="346" xr:uid="{00000000-0005-0000-0000-00005B010000}"/>
+    <cellStyle name="Normal 150" xfId="347" xr:uid="{00000000-0005-0000-0000-00005C010000}"/>
+    <cellStyle name="Normal 151" xfId="348" xr:uid="{00000000-0005-0000-0000-00005D010000}"/>
+    <cellStyle name="Normal 152" xfId="349" xr:uid="{00000000-0005-0000-0000-00005E010000}"/>
+    <cellStyle name="Normal 153" xfId="350" xr:uid="{00000000-0005-0000-0000-00005F010000}"/>
+    <cellStyle name="Normal 154" xfId="351" xr:uid="{00000000-0005-0000-0000-000060010000}"/>
+    <cellStyle name="Normal 155" xfId="352" xr:uid="{00000000-0005-0000-0000-000061010000}"/>
+    <cellStyle name="Normal 156" xfId="353" xr:uid="{00000000-0005-0000-0000-000062010000}"/>
+    <cellStyle name="Normal 157" xfId="354" xr:uid="{00000000-0005-0000-0000-000063010000}"/>
+    <cellStyle name="Normal 158" xfId="355" xr:uid="{00000000-0005-0000-0000-000064010000}"/>
+    <cellStyle name="Normal 159" xfId="356" xr:uid="{00000000-0005-0000-0000-000065010000}"/>
+    <cellStyle name="Normal 16" xfId="357" xr:uid="{00000000-0005-0000-0000-000066010000}"/>
+    <cellStyle name="Normal 16 2" xfId="358" xr:uid="{00000000-0005-0000-0000-000067010000}"/>
+    <cellStyle name="Normal 16 3" xfId="359" xr:uid="{00000000-0005-0000-0000-000068010000}"/>
+    <cellStyle name="Normal 160" xfId="360" xr:uid="{00000000-0005-0000-0000-000069010000}"/>
+    <cellStyle name="Normal 161" xfId="361" xr:uid="{00000000-0005-0000-0000-00006A010000}"/>
+    <cellStyle name="Normal 162" xfId="362" xr:uid="{00000000-0005-0000-0000-00006B010000}"/>
+    <cellStyle name="Normal 163" xfId="363" xr:uid="{00000000-0005-0000-0000-00006C010000}"/>
+    <cellStyle name="Normal 164" xfId="364" xr:uid="{00000000-0005-0000-0000-00006D010000}"/>
+    <cellStyle name="Normal 165" xfId="365" xr:uid="{00000000-0005-0000-0000-00006E010000}"/>
+    <cellStyle name="Normal 166" xfId="366" xr:uid="{00000000-0005-0000-0000-00006F010000}"/>
+    <cellStyle name="Normal 167" xfId="367" xr:uid="{00000000-0005-0000-0000-000070010000}"/>
+    <cellStyle name="Normal 168" xfId="368" xr:uid="{00000000-0005-0000-0000-000071010000}"/>
+    <cellStyle name="Normal 169" xfId="369" xr:uid="{00000000-0005-0000-0000-000072010000}"/>
+    <cellStyle name="Normal 17" xfId="370" xr:uid="{00000000-0005-0000-0000-000073010000}"/>
+    <cellStyle name="Normal 17 2" xfId="371" xr:uid="{00000000-0005-0000-0000-000074010000}"/>
+    <cellStyle name="Normal 17 2 2" xfId="372" xr:uid="{00000000-0005-0000-0000-000075010000}"/>
+    <cellStyle name="Normal 17 3" xfId="373" xr:uid="{00000000-0005-0000-0000-000076010000}"/>
+    <cellStyle name="Normal 170" xfId="374" xr:uid="{00000000-0005-0000-0000-000077010000}"/>
+    <cellStyle name="Normal 171" xfId="375" xr:uid="{00000000-0005-0000-0000-000078010000}"/>
+    <cellStyle name="Normal 172" xfId="376" xr:uid="{00000000-0005-0000-0000-000079010000}"/>
+    <cellStyle name="Normal 173" xfId="377" xr:uid="{00000000-0005-0000-0000-00007A010000}"/>
+    <cellStyle name="Normal 174" xfId="378" xr:uid="{00000000-0005-0000-0000-00007B010000}"/>
+    <cellStyle name="Normal 175" xfId="379" xr:uid="{00000000-0005-0000-0000-00007C010000}"/>
+    <cellStyle name="Normal 176" xfId="380" xr:uid="{00000000-0005-0000-0000-00007D010000}"/>
+    <cellStyle name="Normal 177" xfId="381" xr:uid="{00000000-0005-0000-0000-00007E010000}"/>
+    <cellStyle name="Normal 178" xfId="382" xr:uid="{00000000-0005-0000-0000-00007F010000}"/>
+    <cellStyle name="Normal 179" xfId="383" xr:uid="{00000000-0005-0000-0000-000080010000}"/>
+    <cellStyle name="Normal 18" xfId="384" xr:uid="{00000000-0005-0000-0000-000081010000}"/>
+    <cellStyle name="Normal 18 2" xfId="385" xr:uid="{00000000-0005-0000-0000-000082010000}"/>
+    <cellStyle name="Normal 18 2 2" xfId="386" xr:uid="{00000000-0005-0000-0000-000083010000}"/>
+    <cellStyle name="Normal 18 3" xfId="387" xr:uid="{00000000-0005-0000-0000-000084010000}"/>
+    <cellStyle name="Normal 180" xfId="388" xr:uid="{00000000-0005-0000-0000-000085010000}"/>
+    <cellStyle name="Normal 181" xfId="389" xr:uid="{00000000-0005-0000-0000-000086010000}"/>
+    <cellStyle name="Normal 19" xfId="390" xr:uid="{00000000-0005-0000-0000-000087010000}"/>
+    <cellStyle name="Normal 19 2" xfId="391" xr:uid="{00000000-0005-0000-0000-000088010000}"/>
+    <cellStyle name="Normal 19 2 2" xfId="392" xr:uid="{00000000-0005-0000-0000-000089010000}"/>
+    <cellStyle name="Normal 19 3" xfId="393" xr:uid="{00000000-0005-0000-0000-00008A010000}"/>
+    <cellStyle name="Normal 2" xfId="394" xr:uid="{00000000-0005-0000-0000-00008B010000}"/>
+    <cellStyle name="Normal 2 10" xfId="395" xr:uid="{00000000-0005-0000-0000-00008C010000}"/>
+    <cellStyle name="Normal 2 10 2" xfId="396" xr:uid="{00000000-0005-0000-0000-00008D010000}"/>
+    <cellStyle name="Normal 2 10 2 2" xfId="397" xr:uid="{00000000-0005-0000-0000-00008E010000}"/>
+    <cellStyle name="Normal 2 11" xfId="398" xr:uid="{00000000-0005-0000-0000-00008F010000}"/>
+    <cellStyle name="Normal 2 11 2" xfId="399" xr:uid="{00000000-0005-0000-0000-000090010000}"/>
+    <cellStyle name="Normal 2 12" xfId="400" xr:uid="{00000000-0005-0000-0000-000091010000}"/>
+    <cellStyle name="Normal 2 12 2" xfId="401" xr:uid="{00000000-0005-0000-0000-000092010000}"/>
+    <cellStyle name="Normal 2 13" xfId="402" xr:uid="{00000000-0005-0000-0000-000093010000}"/>
+    <cellStyle name="Normal 2 13 2" xfId="403" xr:uid="{00000000-0005-0000-0000-000094010000}"/>
+    <cellStyle name="Normal 2 14" xfId="404" xr:uid="{00000000-0005-0000-0000-000095010000}"/>
+    <cellStyle name="Normal 2 14 2" xfId="405" xr:uid="{00000000-0005-0000-0000-000096010000}"/>
+    <cellStyle name="Normal 2 15" xfId="406" xr:uid="{00000000-0005-0000-0000-000097010000}"/>
+    <cellStyle name="Normal 2 15 2" xfId="407" xr:uid="{00000000-0005-0000-0000-000098010000}"/>
+    <cellStyle name="Normal 2 16" xfId="408" xr:uid="{00000000-0005-0000-0000-000099010000}"/>
+    <cellStyle name="Normal 2 16 2" xfId="409" xr:uid="{00000000-0005-0000-0000-00009A010000}"/>
+    <cellStyle name="Normal 2 17" xfId="410" xr:uid="{00000000-0005-0000-0000-00009B010000}"/>
+    <cellStyle name="Normal 2 17 2" xfId="411" xr:uid="{00000000-0005-0000-0000-00009C010000}"/>
+    <cellStyle name="Normal 2 18" xfId="412" xr:uid="{00000000-0005-0000-0000-00009D010000}"/>
+    <cellStyle name="Normal 2 18 2" xfId="413" xr:uid="{00000000-0005-0000-0000-00009E010000}"/>
+    <cellStyle name="Normal 2 19" xfId="414" xr:uid="{00000000-0005-0000-0000-00009F010000}"/>
+    <cellStyle name="Normal 2 19 2" xfId="415" xr:uid="{00000000-0005-0000-0000-0000A0010000}"/>
+    <cellStyle name="Normal 2 2" xfId="416" xr:uid="{00000000-0005-0000-0000-0000A1010000}"/>
+    <cellStyle name="Normal 2 2 2" xfId="417" xr:uid="{00000000-0005-0000-0000-0000A2010000}"/>
+    <cellStyle name="Normal 2 2 2 2" xfId="418" xr:uid="{00000000-0005-0000-0000-0000A3010000}"/>
+    <cellStyle name="Normal 2 2 2 3" xfId="419" xr:uid="{00000000-0005-0000-0000-0000A4010000}"/>
+    <cellStyle name="Normal 2 2 3" xfId="420" xr:uid="{00000000-0005-0000-0000-0000A5010000}"/>
+    <cellStyle name="Normal 2 2 4" xfId="421" xr:uid="{00000000-0005-0000-0000-0000A6010000}"/>
+    <cellStyle name="Normal 2 2 4 2" xfId="422" xr:uid="{00000000-0005-0000-0000-0000A7010000}"/>
+    <cellStyle name="Normal 2 2 5" xfId="423" xr:uid="{00000000-0005-0000-0000-0000A8010000}"/>
+    <cellStyle name="Normal 2 20" xfId="424" xr:uid="{00000000-0005-0000-0000-0000A9010000}"/>
+    <cellStyle name="Normal 2 20 2" xfId="425" xr:uid="{00000000-0005-0000-0000-0000AA010000}"/>
+    <cellStyle name="Normal 2 21" xfId="426" xr:uid="{00000000-0005-0000-0000-0000AB010000}"/>
+    <cellStyle name="Normal 2 21 2" xfId="427" xr:uid="{00000000-0005-0000-0000-0000AC010000}"/>
+    <cellStyle name="Normal 2 22" xfId="428" xr:uid="{00000000-0005-0000-0000-0000AD010000}"/>
+    <cellStyle name="Normal 2 22 2" xfId="429" xr:uid="{00000000-0005-0000-0000-0000AE010000}"/>
+    <cellStyle name="Normal 2 23" xfId="430" xr:uid="{00000000-0005-0000-0000-0000AF010000}"/>
+    <cellStyle name="Normal 2 23 2" xfId="431" xr:uid="{00000000-0005-0000-0000-0000B0010000}"/>
+    <cellStyle name="Normal 2 24" xfId="432" xr:uid="{00000000-0005-0000-0000-0000B1010000}"/>
+    <cellStyle name="Normal 2 24 2" xfId="433" xr:uid="{00000000-0005-0000-0000-0000B2010000}"/>
+    <cellStyle name="Normal 2 25" xfId="434" xr:uid="{00000000-0005-0000-0000-0000B3010000}"/>
+    <cellStyle name="Normal 2 25 2" xfId="435" xr:uid="{00000000-0005-0000-0000-0000B4010000}"/>
+    <cellStyle name="Normal 2 26" xfId="436" xr:uid="{00000000-0005-0000-0000-0000B5010000}"/>
+    <cellStyle name="Normal 2 26 2" xfId="437" xr:uid="{00000000-0005-0000-0000-0000B6010000}"/>
+    <cellStyle name="Normal 2 27" xfId="438" xr:uid="{00000000-0005-0000-0000-0000B7010000}"/>
+    <cellStyle name="Normal 2 27 2" xfId="439" xr:uid="{00000000-0005-0000-0000-0000B8010000}"/>
+    <cellStyle name="Normal 2 28" xfId="440" xr:uid="{00000000-0005-0000-0000-0000B9010000}"/>
+    <cellStyle name="Normal 2 28 2" xfId="441" xr:uid="{00000000-0005-0000-0000-0000BA010000}"/>
+    <cellStyle name="Normal 2 29" xfId="442" xr:uid="{00000000-0005-0000-0000-0000BB010000}"/>
+    <cellStyle name="Normal 2 29 2" xfId="443" xr:uid="{00000000-0005-0000-0000-0000BC010000}"/>
+    <cellStyle name="Normal 2 3" xfId="444" xr:uid="{00000000-0005-0000-0000-0000BD010000}"/>
+    <cellStyle name="Normal 2 3 2" xfId="445" xr:uid="{00000000-0005-0000-0000-0000BE010000}"/>
+    <cellStyle name="Normal 2 3 2 2" xfId="446" xr:uid="{00000000-0005-0000-0000-0000BF010000}"/>
+    <cellStyle name="Normal 2 3 3" xfId="447" xr:uid="{00000000-0005-0000-0000-0000C0010000}"/>
+    <cellStyle name="Normal 2 30" xfId="448" xr:uid="{00000000-0005-0000-0000-0000C1010000}"/>
+    <cellStyle name="Normal 2 30 2" xfId="449" xr:uid="{00000000-0005-0000-0000-0000C2010000}"/>
+    <cellStyle name="Normal 2 31" xfId="450" xr:uid="{00000000-0005-0000-0000-0000C3010000}"/>
+    <cellStyle name="Normal 2 31 2" xfId="451" xr:uid="{00000000-0005-0000-0000-0000C4010000}"/>
+    <cellStyle name="Normal 2 32" xfId="452" xr:uid="{00000000-0005-0000-0000-0000C5010000}"/>
+    <cellStyle name="Normal 2 32 2" xfId="453" xr:uid="{00000000-0005-0000-0000-0000C6010000}"/>
+    <cellStyle name="Normal 2 33" xfId="454" xr:uid="{00000000-0005-0000-0000-0000C7010000}"/>
+    <cellStyle name="Normal 2 33 2" xfId="455" xr:uid="{00000000-0005-0000-0000-0000C8010000}"/>
+    <cellStyle name="Normal 2 34" xfId="456" xr:uid="{00000000-0005-0000-0000-0000C9010000}"/>
+    <cellStyle name="Normal 2 34 2" xfId="457" xr:uid="{00000000-0005-0000-0000-0000CA010000}"/>
+    <cellStyle name="Normal 2 35" xfId="458" xr:uid="{00000000-0005-0000-0000-0000CB010000}"/>
+    <cellStyle name="Normal 2 35 2" xfId="459" xr:uid="{00000000-0005-0000-0000-0000CC010000}"/>
+    <cellStyle name="Normal 2 36" xfId="460" xr:uid="{00000000-0005-0000-0000-0000CD010000}"/>
+    <cellStyle name="Normal 2 36 2" xfId="461" xr:uid="{00000000-0005-0000-0000-0000CE010000}"/>
+    <cellStyle name="Normal 2 37" xfId="462" xr:uid="{00000000-0005-0000-0000-0000CF010000}"/>
+    <cellStyle name="Normal 2 37 2" xfId="463" xr:uid="{00000000-0005-0000-0000-0000D0010000}"/>
+    <cellStyle name="Normal 2 38" xfId="464" xr:uid="{00000000-0005-0000-0000-0000D1010000}"/>
+    <cellStyle name="Normal 2 38 2" xfId="465" xr:uid="{00000000-0005-0000-0000-0000D2010000}"/>
+    <cellStyle name="Normal 2 39" xfId="466" xr:uid="{00000000-0005-0000-0000-0000D3010000}"/>
+    <cellStyle name="Normal 2 39 2" xfId="467" xr:uid="{00000000-0005-0000-0000-0000D4010000}"/>
+    <cellStyle name="Normal 2 4" xfId="468" xr:uid="{00000000-0005-0000-0000-0000D5010000}"/>
+    <cellStyle name="Normal 2 4 2" xfId="469" xr:uid="{00000000-0005-0000-0000-0000D6010000}"/>
+    <cellStyle name="Normal 2 40" xfId="470" xr:uid="{00000000-0005-0000-0000-0000D7010000}"/>
+    <cellStyle name="Normal 2 40 2" xfId="471" xr:uid="{00000000-0005-0000-0000-0000D8010000}"/>
+    <cellStyle name="Normal 2 41" xfId="472" xr:uid="{00000000-0005-0000-0000-0000D9010000}"/>
+    <cellStyle name="Normal 2 41 2" xfId="473" xr:uid="{00000000-0005-0000-0000-0000DA010000}"/>
+    <cellStyle name="Normal 2 42" xfId="474" xr:uid="{00000000-0005-0000-0000-0000DB010000}"/>
+    <cellStyle name="Normal 2 42 2" xfId="475" xr:uid="{00000000-0005-0000-0000-0000DC010000}"/>
+    <cellStyle name="Normal 2 43" xfId="476" xr:uid="{00000000-0005-0000-0000-0000DD010000}"/>
+    <cellStyle name="Normal 2 43 2" xfId="477" xr:uid="{00000000-0005-0000-0000-0000DE010000}"/>
+    <cellStyle name="Normal 2 44" xfId="478" xr:uid="{00000000-0005-0000-0000-0000DF010000}"/>
+    <cellStyle name="Normal 2 44 2" xfId="479" xr:uid="{00000000-0005-0000-0000-0000E0010000}"/>
+    <cellStyle name="Normal 2 45" xfId="480" xr:uid="{00000000-0005-0000-0000-0000E1010000}"/>
+    <cellStyle name="Normal 2 45 2" xfId="481" xr:uid="{00000000-0005-0000-0000-0000E2010000}"/>
+    <cellStyle name="Normal 2 46" xfId="482" xr:uid="{00000000-0005-0000-0000-0000E3010000}"/>
+    <cellStyle name="Normal 2 46 2" xfId="483" xr:uid="{00000000-0005-0000-0000-0000E4010000}"/>
+    <cellStyle name="Normal 2 5" xfId="484" xr:uid="{00000000-0005-0000-0000-0000E5010000}"/>
+    <cellStyle name="Normal 2 5 2" xfId="485" xr:uid="{00000000-0005-0000-0000-0000E6010000}"/>
+    <cellStyle name="Normal 2 6" xfId="486" xr:uid="{00000000-0005-0000-0000-0000E7010000}"/>
+    <cellStyle name="Normal 2 6 2" xfId="487" xr:uid="{00000000-0005-0000-0000-0000E8010000}"/>
+    <cellStyle name="Normal 2 7" xfId="488" xr:uid="{00000000-0005-0000-0000-0000E9010000}"/>
+    <cellStyle name="Normal 2 7 2" xfId="489" xr:uid="{00000000-0005-0000-0000-0000EA010000}"/>
+    <cellStyle name="Normal 2 8" xfId="490" xr:uid="{00000000-0005-0000-0000-0000EB010000}"/>
+    <cellStyle name="Normal 2 8 2" xfId="491" xr:uid="{00000000-0005-0000-0000-0000EC010000}"/>
+    <cellStyle name="Normal 2 9" xfId="492" xr:uid="{00000000-0005-0000-0000-0000ED010000}"/>
+    <cellStyle name="Normal 2 9 2" xfId="493" xr:uid="{00000000-0005-0000-0000-0000EE010000}"/>
+    <cellStyle name="Normal 2_C-15-16-GRC" xfId="494" xr:uid="{00000000-0005-0000-0000-0000EF010000}"/>
+    <cellStyle name="Normal 20" xfId="495" xr:uid="{00000000-0005-0000-0000-0000F0010000}"/>
+    <cellStyle name="Normal 20 2" xfId="496" xr:uid="{00000000-0005-0000-0000-0000F1010000}"/>
+    <cellStyle name="Normal 20 3" xfId="497" xr:uid="{00000000-0005-0000-0000-0000F2010000}"/>
+    <cellStyle name="Normal 21" xfId="498" xr:uid="{00000000-0005-0000-0000-0000F3010000}"/>
+    <cellStyle name="Normal 21 2" xfId="499" xr:uid="{00000000-0005-0000-0000-0000F4010000}"/>
+    <cellStyle name="Normal 21 3" xfId="500" xr:uid="{00000000-0005-0000-0000-0000F5010000}"/>
+    <cellStyle name="Normal 22" xfId="501" xr:uid="{00000000-0005-0000-0000-0000F6010000}"/>
+    <cellStyle name="Normal 22 2" xfId="502" xr:uid="{00000000-0005-0000-0000-0000F7010000}"/>
+    <cellStyle name="Normal 22 3" xfId="503" xr:uid="{00000000-0005-0000-0000-0000F8010000}"/>
+    <cellStyle name="Normal 23" xfId="504" xr:uid="{00000000-0005-0000-0000-0000F9010000}"/>
+    <cellStyle name="Normal 23 2" xfId="505" xr:uid="{00000000-0005-0000-0000-0000FA010000}"/>
+    <cellStyle name="Normal 23 3" xfId="506" xr:uid="{00000000-0005-0000-0000-0000FB010000}"/>
+    <cellStyle name="Normal 24" xfId="507" xr:uid="{00000000-0005-0000-0000-0000FC010000}"/>
+    <cellStyle name="Normal 24 2" xfId="508" xr:uid="{00000000-0005-0000-0000-0000FD010000}"/>
+    <cellStyle name="Normal 24 3" xfId="509" xr:uid="{00000000-0005-0000-0000-0000FE010000}"/>
+    <cellStyle name="Normal 25" xfId="510" xr:uid="{00000000-0005-0000-0000-0000FF010000}"/>
+    <cellStyle name="Normal 25 2" xfId="511" xr:uid="{00000000-0005-0000-0000-000000020000}"/>
+    <cellStyle name="Normal 25 2 2" xfId="512" xr:uid="{00000000-0005-0000-0000-000001020000}"/>
+    <cellStyle name="Normal 25 3" xfId="513" xr:uid="{00000000-0005-0000-0000-000002020000}"/>
+    <cellStyle name="Normal 26" xfId="514" xr:uid="{00000000-0005-0000-0000-000003020000}"/>
+    <cellStyle name="Normal 26 2" xfId="515" xr:uid="{00000000-0005-0000-0000-000004020000}"/>
+    <cellStyle name="Normal 26 2 2" xfId="516" xr:uid="{00000000-0005-0000-0000-000005020000}"/>
+    <cellStyle name="Normal 26 3" xfId="517" xr:uid="{00000000-0005-0000-0000-000006020000}"/>
+    <cellStyle name="Normal 27" xfId="518" xr:uid="{00000000-0005-0000-0000-000007020000}"/>
+    <cellStyle name="Normal 27 2" xfId="519" xr:uid="{00000000-0005-0000-0000-000008020000}"/>
+    <cellStyle name="Normal 27 3" xfId="520" xr:uid="{00000000-0005-0000-0000-000009020000}"/>
+    <cellStyle name="Normal 28" xfId="521" xr:uid="{00000000-0005-0000-0000-00000A020000}"/>
+    <cellStyle name="Normal 28 2" xfId="522" xr:uid="{00000000-0005-0000-0000-00000B020000}"/>
+    <cellStyle name="Normal 28 2 2" xfId="523" xr:uid="{00000000-0005-0000-0000-00000C020000}"/>
+    <cellStyle name="Normal 28 3" xfId="524" xr:uid="{00000000-0005-0000-0000-00000D020000}"/>
+    <cellStyle name="Normal 29" xfId="525" xr:uid="{00000000-0005-0000-0000-00000E020000}"/>
+    <cellStyle name="Normal 29 2" xfId="526" xr:uid="{00000000-0005-0000-0000-00000F020000}"/>
+    <cellStyle name="Normal 29 2 2" xfId="527" xr:uid="{00000000-0005-0000-0000-000010020000}"/>
+    <cellStyle name="Normal 29 3" xfId="528" xr:uid="{00000000-0005-0000-0000-000011020000}"/>
+    <cellStyle name="Normal 3" xfId="529" xr:uid="{00000000-0005-0000-0000-000012020000}"/>
+    <cellStyle name="Normal 3 10" xfId="530" xr:uid="{00000000-0005-0000-0000-000013020000}"/>
+    <cellStyle name="Normal 3 11" xfId="531" xr:uid="{00000000-0005-0000-0000-000014020000}"/>
+    <cellStyle name="Normal 3 12" xfId="532" xr:uid="{00000000-0005-0000-0000-000015020000}"/>
+    <cellStyle name="Normal 3 13" xfId="533" xr:uid="{00000000-0005-0000-0000-000016020000}"/>
+    <cellStyle name="Normal 3 14" xfId="534" xr:uid="{00000000-0005-0000-0000-000017020000}"/>
+    <cellStyle name="Normal 3 15" xfId="535" xr:uid="{00000000-0005-0000-0000-000018020000}"/>
+    <cellStyle name="Normal 3 16" xfId="536" xr:uid="{00000000-0005-0000-0000-000019020000}"/>
+    <cellStyle name="Normal 3 17" xfId="537" xr:uid="{00000000-0005-0000-0000-00001A020000}"/>
+    <cellStyle name="Normal 3 18" xfId="538" xr:uid="{00000000-0005-0000-0000-00001B020000}"/>
+    <cellStyle name="Normal 3 19" xfId="539" xr:uid="{00000000-0005-0000-0000-00001C020000}"/>
+    <cellStyle name="Normal 3 2" xfId="540" xr:uid="{00000000-0005-0000-0000-00001D020000}"/>
+    <cellStyle name="Normal 3 2 2" xfId="541" xr:uid="{00000000-0005-0000-0000-00001E020000}"/>
+    <cellStyle name="Normal 3 2 3" xfId="542" xr:uid="{00000000-0005-0000-0000-00001F020000}"/>
+    <cellStyle name="Normal 3 2 4" xfId="543" xr:uid="{00000000-0005-0000-0000-000020020000}"/>
+    <cellStyle name="Normal 3 2 5" xfId="544" xr:uid="{00000000-0005-0000-0000-000021020000}"/>
+    <cellStyle name="Normal 3 2 6" xfId="545" xr:uid="{00000000-0005-0000-0000-000022020000}"/>
+    <cellStyle name="Normal 3 20" xfId="546" xr:uid="{00000000-0005-0000-0000-000023020000}"/>
+    <cellStyle name="Normal 3 21" xfId="547" xr:uid="{00000000-0005-0000-0000-000024020000}"/>
+    <cellStyle name="Normal 3 22" xfId="548" xr:uid="{00000000-0005-0000-0000-000025020000}"/>
+    <cellStyle name="Normal 3 23" xfId="549" xr:uid="{00000000-0005-0000-0000-000026020000}"/>
+    <cellStyle name="Normal 3 24" xfId="550" xr:uid="{00000000-0005-0000-0000-000027020000}"/>
+    <cellStyle name="Normal 3 25" xfId="551" xr:uid="{00000000-0005-0000-0000-000028020000}"/>
+    <cellStyle name="Normal 3 26" xfId="552" xr:uid="{00000000-0005-0000-0000-000029020000}"/>
+    <cellStyle name="Normal 3 27" xfId="553" xr:uid="{00000000-0005-0000-0000-00002A020000}"/>
+    <cellStyle name="Normal 3 3" xfId="554" xr:uid="{00000000-0005-0000-0000-00002B020000}"/>
+    <cellStyle name="Normal 3 3 10" xfId="555" xr:uid="{00000000-0005-0000-0000-00002C020000}"/>
+    <cellStyle name="Normal 3 3 11" xfId="556" xr:uid="{00000000-0005-0000-0000-00002D020000}"/>
+    <cellStyle name="Normal 3 3 12" xfId="557" xr:uid="{00000000-0005-0000-0000-00002E020000}"/>
+    <cellStyle name="Normal 3 3 13" xfId="558" xr:uid="{00000000-0005-0000-0000-00002F020000}"/>
+    <cellStyle name="Normal 3 3 14" xfId="559" xr:uid="{00000000-0005-0000-0000-000030020000}"/>
+    <cellStyle name="Normal 3 3 15" xfId="560" xr:uid="{00000000-0005-0000-0000-000031020000}"/>
+    <cellStyle name="Normal 3 3 16" xfId="561" xr:uid="{00000000-0005-0000-0000-000032020000}"/>
+    <cellStyle name="Normal 3 3 17" xfId="562" xr:uid="{00000000-0005-0000-0000-000033020000}"/>
+    <cellStyle name="Normal 3 3 18" xfId="563" xr:uid="{00000000-0005-0000-0000-000034020000}"/>
+    <cellStyle name="Normal 3 3 19" xfId="564" xr:uid="{00000000-0005-0000-0000-000035020000}"/>
+    <cellStyle name="Normal 3 3 2" xfId="565" xr:uid="{00000000-0005-0000-0000-000036020000}"/>
+    <cellStyle name="Normal 3 3 20" xfId="566" xr:uid="{00000000-0005-0000-0000-000037020000}"/>
+    <cellStyle name="Normal 3 3 21" xfId="567" xr:uid="{00000000-0005-0000-0000-000038020000}"/>
+    <cellStyle name="Normal 3 3 22" xfId="568" xr:uid="{00000000-0005-0000-0000-000039020000}"/>
+    <cellStyle name="Normal 3 3 23" xfId="569" xr:uid="{00000000-0005-0000-0000-00003A020000}"/>
+    <cellStyle name="Normal 3 3 24" xfId="570" xr:uid="{00000000-0005-0000-0000-00003B020000}"/>
+    <cellStyle name="Normal 3 3 3" xfId="571" xr:uid="{00000000-0005-0000-0000-00003C020000}"/>
+    <cellStyle name="Normal 3 3 4" xfId="572" xr:uid="{00000000-0005-0000-0000-00003D020000}"/>
+    <cellStyle name="Normal 3 3 5" xfId="573" xr:uid="{00000000-0005-0000-0000-00003E020000}"/>
+    <cellStyle name="Normal 3 3 6" xfId="574" xr:uid="{00000000-0005-0000-0000-00003F020000}"/>
+    <cellStyle name="Normal 3 3 7" xfId="575" xr:uid="{00000000-0005-0000-0000-000040020000}"/>
+    <cellStyle name="Normal 3 3 8" xfId="576" xr:uid="{00000000-0005-0000-0000-000041020000}"/>
+    <cellStyle name="Normal 3 3 9" xfId="577" xr:uid="{00000000-0005-0000-0000-000042020000}"/>
+    <cellStyle name="Normal 3 4" xfId="578" xr:uid="{00000000-0005-0000-0000-000043020000}"/>
+    <cellStyle name="Normal 3 5" xfId="579" xr:uid="{00000000-0005-0000-0000-000044020000}"/>
+    <cellStyle name="Normal 3 6" xfId="580" xr:uid="{00000000-0005-0000-0000-000045020000}"/>
+    <cellStyle name="Normal 3 7" xfId="581" xr:uid="{00000000-0005-0000-0000-000046020000}"/>
+    <cellStyle name="Normal 3 8" xfId="582" xr:uid="{00000000-0005-0000-0000-000047020000}"/>
+    <cellStyle name="Normal 3 9" xfId="583" xr:uid="{00000000-0005-0000-0000-000048020000}"/>
+    <cellStyle name="Normal 30" xfId="584" xr:uid="{00000000-0005-0000-0000-000049020000}"/>
+    <cellStyle name="Normal 30 2" xfId="585" xr:uid="{00000000-0005-0000-0000-00004A020000}"/>
+    <cellStyle name="Normal 30 2 2" xfId="586" xr:uid="{00000000-0005-0000-0000-00004B020000}"/>
+    <cellStyle name="Normal 30 3" xfId="587" xr:uid="{00000000-0005-0000-0000-00004C020000}"/>
+    <cellStyle name="Normal 31" xfId="588" xr:uid="{00000000-0005-0000-0000-00004D020000}"/>
+    <cellStyle name="Normal 31 2" xfId="589" xr:uid="{00000000-0005-0000-0000-00004E020000}"/>
+    <cellStyle name="Normal 31 3" xfId="590" xr:uid="{00000000-0005-0000-0000-00004F020000}"/>
+    <cellStyle name="Normal 32" xfId="591" xr:uid="{00000000-0005-0000-0000-000050020000}"/>
+    <cellStyle name="Normal 32 2" xfId="592" xr:uid="{00000000-0005-0000-0000-000051020000}"/>
+    <cellStyle name="Normal 32 2 2" xfId="593" xr:uid="{00000000-0005-0000-0000-000052020000}"/>
+    <cellStyle name="Normal 32 3" xfId="594" xr:uid="{00000000-0005-0000-0000-000053020000}"/>
+    <cellStyle name="Normal 33" xfId="595" xr:uid="{00000000-0005-0000-0000-000054020000}"/>
+    <cellStyle name="Normal 33 2" xfId="596" xr:uid="{00000000-0005-0000-0000-000055020000}"/>
+    <cellStyle name="Normal 33 2 2" xfId="597" xr:uid="{00000000-0005-0000-0000-000056020000}"/>
+    <cellStyle name="Normal 33 3" xfId="598" xr:uid="{00000000-0005-0000-0000-000057020000}"/>
+    <cellStyle name="Normal 34" xfId="599" xr:uid="{00000000-0005-0000-0000-000058020000}"/>
+    <cellStyle name="Normal 34 2" xfId="600" xr:uid="{00000000-0005-0000-0000-000059020000}"/>
+    <cellStyle name="Normal 34 3" xfId="601" xr:uid="{00000000-0005-0000-0000-00005A020000}"/>
+    <cellStyle name="Normal 35" xfId="602" xr:uid="{00000000-0005-0000-0000-00005B020000}"/>
+    <cellStyle name="Normal 35 2" xfId="603" xr:uid="{00000000-0005-0000-0000-00005C020000}"/>
+    <cellStyle name="Normal 35 3" xfId="604" xr:uid="{00000000-0005-0000-0000-00005D020000}"/>
+    <cellStyle name="Normal 36" xfId="605" xr:uid="{00000000-0005-0000-0000-00005E020000}"/>
+    <cellStyle name="Normal 36 2" xfId="606" xr:uid="{00000000-0005-0000-0000-00005F020000}"/>
+    <cellStyle name="Normal 36 2 2" xfId="607" xr:uid="{00000000-0005-0000-0000-000060020000}"/>
+    <cellStyle name="Normal 36 3" xfId="608" xr:uid="{00000000-0005-0000-0000-000061020000}"/>
+    <cellStyle name="Normal 37" xfId="609" xr:uid="{00000000-0005-0000-0000-000062020000}"/>
+    <cellStyle name="Normal 37 2" xfId="610" xr:uid="{00000000-0005-0000-0000-000063020000}"/>
+    <cellStyle name="Normal 37 2 2" xfId="611" xr:uid="{00000000-0005-0000-0000-000064020000}"/>
+    <cellStyle name="Normal 37 3" xfId="612" xr:uid="{00000000-0005-0000-0000-000065020000}"/>
+    <cellStyle name="Normal 38" xfId="613" xr:uid="{00000000-0005-0000-0000-000066020000}"/>
+    <cellStyle name="Normal 38 2" xfId="614" xr:uid="{00000000-0005-0000-0000-000067020000}"/>
+    <cellStyle name="Normal 38 3" xfId="615" xr:uid="{00000000-0005-0000-0000-000068020000}"/>
+    <cellStyle name="Normal 39" xfId="616" xr:uid="{00000000-0005-0000-0000-000069020000}"/>
+    <cellStyle name="Normal 39 2" xfId="617" xr:uid="{00000000-0005-0000-0000-00006A020000}"/>
+    <cellStyle name="Normal 39 3" xfId="618" xr:uid="{00000000-0005-0000-0000-00006B020000}"/>
+    <cellStyle name="Normal 4" xfId="619" xr:uid="{00000000-0005-0000-0000-00006C020000}"/>
+    <cellStyle name="Normal 4 10" xfId="620" xr:uid="{00000000-0005-0000-0000-00006D020000}"/>
+    <cellStyle name="Normal 4 11" xfId="621" xr:uid="{00000000-0005-0000-0000-00006E020000}"/>
+    <cellStyle name="Normal 4 12" xfId="622" xr:uid="{00000000-0005-0000-0000-00006F020000}"/>
+    <cellStyle name="Normal 4 13" xfId="623" xr:uid="{00000000-0005-0000-0000-000070020000}"/>
+    <cellStyle name="Normal 4 14" xfId="624" xr:uid="{00000000-0005-0000-0000-000071020000}"/>
+    <cellStyle name="Normal 4 15" xfId="625" xr:uid="{00000000-0005-0000-0000-000072020000}"/>
+    <cellStyle name="Normal 4 16" xfId="626" xr:uid="{00000000-0005-0000-0000-000073020000}"/>
+    <cellStyle name="Normal 4 17" xfId="627" xr:uid="{00000000-0005-0000-0000-000074020000}"/>
+    <cellStyle name="Normal 4 18" xfId="628" xr:uid="{00000000-0005-0000-0000-000075020000}"/>
+    <cellStyle name="Normal 4 19" xfId="629" xr:uid="{00000000-0005-0000-0000-000076020000}"/>
+    <cellStyle name="Normal 4 2" xfId="630" xr:uid="{00000000-0005-0000-0000-000077020000}"/>
+    <cellStyle name="Normal 4 2 2" xfId="631" xr:uid="{00000000-0005-0000-0000-000078020000}"/>
+    <cellStyle name="Normal 4 2 3" xfId="632" xr:uid="{00000000-0005-0000-0000-000079020000}"/>
+    <cellStyle name="Normal 4 20" xfId="633" xr:uid="{00000000-0005-0000-0000-00007A020000}"/>
+    <cellStyle name="Normal 4 21" xfId="634" xr:uid="{00000000-0005-0000-0000-00007B020000}"/>
+    <cellStyle name="Normal 4 22" xfId="635" xr:uid="{00000000-0005-0000-0000-00007C020000}"/>
+    <cellStyle name="Normal 4 23" xfId="636" xr:uid="{00000000-0005-0000-0000-00007D020000}"/>
+    <cellStyle name="Normal 4 24" xfId="637" xr:uid="{00000000-0005-0000-0000-00007E020000}"/>
+    <cellStyle name="Normal 4 25" xfId="638" xr:uid="{00000000-0005-0000-0000-00007F020000}"/>
+    <cellStyle name="Normal 4 3" xfId="639" xr:uid="{00000000-0005-0000-0000-000080020000}"/>
+    <cellStyle name="Normal 4 4" xfId="640" xr:uid="{00000000-0005-0000-0000-000081020000}"/>
+    <cellStyle name="Normal 4 5" xfId="641" xr:uid="{00000000-0005-0000-0000-000082020000}"/>
+    <cellStyle name="Normal 4 6" xfId="642" xr:uid="{00000000-0005-0000-0000-000083020000}"/>
+    <cellStyle name="Normal 4 7" xfId="643" xr:uid="{00000000-0005-0000-0000-000084020000}"/>
+    <cellStyle name="Normal 4 8" xfId="644" xr:uid="{00000000-0005-0000-0000-000085020000}"/>
+    <cellStyle name="Normal 4 9" xfId="645" xr:uid="{00000000-0005-0000-0000-000086020000}"/>
+    <cellStyle name="Normal 40" xfId="646" xr:uid="{00000000-0005-0000-0000-000087020000}"/>
+    <cellStyle name="Normal 40 2" xfId="647" xr:uid="{00000000-0005-0000-0000-000088020000}"/>
+    <cellStyle name="Normal 40 3" xfId="648" xr:uid="{00000000-0005-0000-0000-000089020000}"/>
+    <cellStyle name="Normal 41" xfId="649" xr:uid="{00000000-0005-0000-0000-00008A020000}"/>
+    <cellStyle name="Normal 41 2" xfId="650" xr:uid="{00000000-0005-0000-0000-00008B020000}"/>
+    <cellStyle name="Normal 41 3" xfId="651" xr:uid="{00000000-0005-0000-0000-00008C020000}"/>
+    <cellStyle name="Normal 42" xfId="652" xr:uid="{00000000-0005-0000-0000-00008D020000}"/>
+    <cellStyle name="Normal 42 2" xfId="653" xr:uid="{00000000-0005-0000-0000-00008E020000}"/>
+    <cellStyle name="Normal 42 3" xfId="654" xr:uid="{00000000-0005-0000-0000-00008F020000}"/>
+    <cellStyle name="Normal 43" xfId="655" xr:uid="{00000000-0005-0000-0000-000090020000}"/>
+    <cellStyle name="Normal 43 2" xfId="656" xr:uid="{00000000-0005-0000-0000-000091020000}"/>
+    <cellStyle name="Normal 43 3" xfId="657" xr:uid="{00000000-0005-0000-0000-000092020000}"/>
+    <cellStyle name="Normal 44" xfId="658" xr:uid="{00000000-0005-0000-0000-000093020000}"/>
+    <cellStyle name="Normal 44 2" xfId="659" xr:uid="{00000000-0005-0000-0000-000094020000}"/>
+    <cellStyle name="Normal 44 3" xfId="660" xr:uid="{00000000-0005-0000-0000-000095020000}"/>
+    <cellStyle name="Normal 45" xfId="661" xr:uid="{00000000-0005-0000-0000-000096020000}"/>
+    <cellStyle name="Normal 45 2" xfId="662" xr:uid="{00000000-0005-0000-0000-000097020000}"/>
+    <cellStyle name="Normal 45 3" xfId="663" xr:uid="{00000000-0005-0000-0000-000098020000}"/>
+    <cellStyle name="Normal 46" xfId="664" xr:uid="{00000000-0005-0000-0000-000099020000}"/>
+    <cellStyle name="Normal 46 2" xfId="665" xr:uid="{00000000-0005-0000-0000-00009A020000}"/>
+    <cellStyle name="Normal 46 3" xfId="666" xr:uid="{00000000-0005-0000-0000-00009B020000}"/>
+    <cellStyle name="Normal 47" xfId="667" xr:uid="{00000000-0005-0000-0000-00009C020000}"/>
+    <cellStyle name="Normal 47 2" xfId="668" xr:uid="{00000000-0005-0000-0000-00009D020000}"/>
+    <cellStyle name="Normal 47 3" xfId="669" xr:uid="{00000000-0005-0000-0000-00009E020000}"/>
+    <cellStyle name="Normal 48" xfId="670" xr:uid="{00000000-0005-0000-0000-00009F020000}"/>
+    <cellStyle name="Normal 48 2" xfId="671" xr:uid="{00000000-0005-0000-0000-0000A0020000}"/>
+    <cellStyle name="Normal 48 3" xfId="672" xr:uid="{00000000-0005-0000-0000-0000A1020000}"/>
+    <cellStyle name="Normal 49" xfId="673" xr:uid="{00000000-0005-0000-0000-0000A2020000}"/>
+    <cellStyle name="Normal 49 2" xfId="674" xr:uid="{00000000-0005-0000-0000-0000A3020000}"/>
+    <cellStyle name="Normal 49 3" xfId="675" xr:uid="{00000000-0005-0000-0000-0000A4020000}"/>
+    <cellStyle name="Normal 5" xfId="676" xr:uid="{00000000-0005-0000-0000-0000A5020000}"/>
+    <cellStyle name="Normal 5 2" xfId="677" xr:uid="{00000000-0005-0000-0000-0000A6020000}"/>
+    <cellStyle name="Normal 5 2 2" xfId="678" xr:uid="{00000000-0005-0000-0000-0000A7020000}"/>
+    <cellStyle name="Normal 5 2 3" xfId="679" xr:uid="{00000000-0005-0000-0000-0000A8020000}"/>
+    <cellStyle name="Normal 5 3" xfId="680" xr:uid="{00000000-0005-0000-0000-0000A9020000}"/>
+    <cellStyle name="Normal 5 4" xfId="681" xr:uid="{00000000-0005-0000-0000-0000AA020000}"/>
+    <cellStyle name="Normal 5 5" xfId="682" xr:uid="{00000000-0005-0000-0000-0000AB020000}"/>
+    <cellStyle name="Normal 5 6" xfId="683" xr:uid="{00000000-0005-0000-0000-0000AC020000}"/>
+    <cellStyle name="Normal 5 7" xfId="684" xr:uid="{00000000-0005-0000-0000-0000AD020000}"/>
+    <cellStyle name="Normal 5 8" xfId="685" xr:uid="{00000000-0005-0000-0000-0000AE020000}"/>
+    <cellStyle name="Normal 50" xfId="686" xr:uid="{00000000-0005-0000-0000-0000AF020000}"/>
+    <cellStyle name="Normal 50 2" xfId="687" xr:uid="{00000000-0005-0000-0000-0000B0020000}"/>
+    <cellStyle name="Normal 50 3" xfId="688" xr:uid="{00000000-0005-0000-0000-0000B1020000}"/>
+    <cellStyle name="Normal 51" xfId="689" xr:uid="{00000000-0005-0000-0000-0000B2020000}"/>
+    <cellStyle name="Normal 51 2" xfId="690" xr:uid="{00000000-0005-0000-0000-0000B3020000}"/>
+    <cellStyle name="Normal 51 3" xfId="691" xr:uid="{00000000-0005-0000-0000-0000B4020000}"/>
+    <cellStyle name="Normal 52" xfId="692" xr:uid="{00000000-0005-0000-0000-0000B5020000}"/>
+    <cellStyle name="Normal 52 2" xfId="693" xr:uid="{00000000-0005-0000-0000-0000B6020000}"/>
+    <cellStyle name="Normal 52 3" xfId="694" xr:uid="{00000000-0005-0000-0000-0000B7020000}"/>
+    <cellStyle name="Normal 53" xfId="695" xr:uid="{00000000-0005-0000-0000-0000B8020000}"/>
+    <cellStyle name="Normal 53 2" xfId="696" xr:uid="{00000000-0005-0000-0000-0000B9020000}"/>
+    <cellStyle name="Normal 53 3" xfId="697" xr:uid="{00000000-0005-0000-0000-0000BA020000}"/>
+    <cellStyle name="Normal 54" xfId="698" xr:uid="{00000000-0005-0000-0000-0000BB020000}"/>
+    <cellStyle name="Normal 54 2" xfId="699" xr:uid="{00000000-0005-0000-0000-0000BC020000}"/>
+    <cellStyle name="Normal 54 3" xfId="700" xr:uid="{00000000-0005-0000-0000-0000BD020000}"/>
+    <cellStyle name="Normal 55" xfId="701" xr:uid="{00000000-0005-0000-0000-0000BE020000}"/>
+    <cellStyle name="Normal 55 2" xfId="702" xr:uid="{00000000-0005-0000-0000-0000BF020000}"/>
+    <cellStyle name="Normal 55 3" xfId="703" xr:uid="{00000000-0005-0000-0000-0000C0020000}"/>
+    <cellStyle name="Normal 56" xfId="704" xr:uid="{00000000-0005-0000-0000-0000C1020000}"/>
+    <cellStyle name="Normal 56 2" xfId="705" xr:uid="{00000000-0005-0000-0000-0000C2020000}"/>
+    <cellStyle name="Normal 56 3" xfId="706" xr:uid="{00000000-0005-0000-0000-0000C3020000}"/>
+    <cellStyle name="Normal 57" xfId="707" xr:uid="{00000000-0005-0000-0000-0000C4020000}"/>
+    <cellStyle name="Normal 57 2" xfId="708" xr:uid="{00000000-0005-0000-0000-0000C5020000}"/>
+    <cellStyle name="Normal 57 3" xfId="709" xr:uid="{00000000-0005-0000-0000-0000C6020000}"/>
+    <cellStyle name="Normal 58" xfId="710" xr:uid="{00000000-0005-0000-0000-0000C7020000}"/>
+    <cellStyle name="Normal 58 2" xfId="711" xr:uid="{00000000-0005-0000-0000-0000C8020000}"/>
+    <cellStyle name="Normal 58 3" xfId="712" xr:uid="{00000000-0005-0000-0000-0000C9020000}"/>
+    <cellStyle name="Normal 59" xfId="713" xr:uid="{00000000-0005-0000-0000-0000CA020000}"/>
+    <cellStyle name="Normal 59 2" xfId="714" xr:uid="{00000000-0005-0000-0000-0000CB020000}"/>
+    <cellStyle name="Normal 59 3" xfId="715" xr:uid="{00000000-0005-0000-0000-0000CC020000}"/>
+    <cellStyle name="Normal 6" xfId="716" xr:uid="{00000000-0005-0000-0000-0000CD020000}"/>
+    <cellStyle name="Normal 6 2" xfId="717" xr:uid="{00000000-0005-0000-0000-0000CE020000}"/>
+    <cellStyle name="Normal 6 2 2" xfId="718" xr:uid="{00000000-0005-0000-0000-0000CF020000}"/>
+    <cellStyle name="Normal 6 3" xfId="719" xr:uid="{00000000-0005-0000-0000-0000D0020000}"/>
+    <cellStyle name="Normal 6 4" xfId="720" xr:uid="{00000000-0005-0000-0000-0000D1020000}"/>
+    <cellStyle name="Normal 6 5" xfId="721" xr:uid="{00000000-0005-0000-0000-0000D2020000}"/>
+    <cellStyle name="Normal 6 6" xfId="722" xr:uid="{00000000-0005-0000-0000-0000D3020000}"/>
+    <cellStyle name="Normal 6 7" xfId="723" xr:uid="{00000000-0005-0000-0000-0000D4020000}"/>
+    <cellStyle name="Normal 6 8" xfId="724" xr:uid="{00000000-0005-0000-0000-0000D5020000}"/>
+    <cellStyle name="Normal 60" xfId="725" xr:uid="{00000000-0005-0000-0000-0000D6020000}"/>
+    <cellStyle name="Normal 60 2" xfId="726" xr:uid="{00000000-0005-0000-0000-0000D7020000}"/>
+    <cellStyle name="Normal 60 3" xfId="727" xr:uid="{00000000-0005-0000-0000-0000D8020000}"/>
+    <cellStyle name="Normal 61" xfId="728" xr:uid="{00000000-0005-0000-0000-0000D9020000}"/>
+    <cellStyle name="Normal 61 2" xfId="729" xr:uid="{00000000-0005-0000-0000-0000DA020000}"/>
+    <cellStyle name="Normal 61 3" xfId="730" xr:uid="{00000000-0005-0000-0000-0000DB020000}"/>
+    <cellStyle name="Normal 62" xfId="731" xr:uid="{00000000-0005-0000-0000-0000DC020000}"/>
+    <cellStyle name="Normal 62 2" xfId="732" xr:uid="{00000000-0005-0000-0000-0000DD020000}"/>
+    <cellStyle name="Normal 62 3" xfId="733" xr:uid="{00000000-0005-0000-0000-0000DE020000}"/>
+    <cellStyle name="Normal 63" xfId="734" xr:uid="{00000000-0005-0000-0000-0000DF020000}"/>
+    <cellStyle name="Normal 63 2" xfId="735" xr:uid="{00000000-0005-0000-0000-0000E0020000}"/>
+    <cellStyle name="Normal 63 3" xfId="736" xr:uid="{00000000-0005-0000-0000-0000E1020000}"/>
+    <cellStyle name="Normal 64" xfId="737" xr:uid="{00000000-0005-0000-0000-0000E2020000}"/>
+    <cellStyle name="Normal 64 2" xfId="738" xr:uid="{00000000-0005-0000-0000-0000E3020000}"/>
+    <cellStyle name="Normal 64 3" xfId="739" xr:uid="{00000000-0005-0000-0000-0000E4020000}"/>
+    <cellStyle name="Normal 65" xfId="740" xr:uid="{00000000-0005-0000-0000-0000E5020000}"/>
+    <cellStyle name="Normal 65 2" xfId="741" xr:uid="{00000000-0005-0000-0000-0000E6020000}"/>
+    <cellStyle name="Normal 65 3" xfId="742" xr:uid="{00000000-0005-0000-0000-0000E7020000}"/>
+    <cellStyle name="Normal 66" xfId="743" xr:uid="{00000000-0005-0000-0000-0000E8020000}"/>
+    <cellStyle name="Normal 66 2" xfId="744" xr:uid="{00000000-0005-0000-0000-0000E9020000}"/>
+    <cellStyle name="Normal 66 3" xfId="745" xr:uid="{00000000-0005-0000-0000-0000EA020000}"/>
+    <cellStyle name="Normal 67" xfId="746" xr:uid="{00000000-0005-0000-0000-0000EB020000}"/>
+    <cellStyle name="Normal 67 2" xfId="747" xr:uid="{00000000-0005-0000-0000-0000EC020000}"/>
+    <cellStyle name="Normal 67 3" xfId="748" xr:uid="{00000000-0005-0000-0000-0000ED020000}"/>
+    <cellStyle name="Normal 68" xfId="749" xr:uid="{00000000-0005-0000-0000-0000EE020000}"/>
+    <cellStyle name="Normal 68 2" xfId="750" xr:uid="{00000000-0005-0000-0000-0000EF020000}"/>
+    <cellStyle name="Normal 68 3" xfId="751" xr:uid="{00000000-0005-0000-0000-0000F0020000}"/>
+    <cellStyle name="Normal 69" xfId="752" xr:uid="{00000000-0005-0000-0000-0000F1020000}"/>
+    <cellStyle name="Normal 69 2" xfId="753" xr:uid="{00000000-0005-0000-0000-0000F2020000}"/>
+    <cellStyle name="Normal 69 3" xfId="754" xr:uid="{00000000-0005-0000-0000-0000F3020000}"/>
+    <cellStyle name="Normal 7" xfId="755" xr:uid="{00000000-0005-0000-0000-0000F4020000}"/>
+    <cellStyle name="Normal 7 2" xfId="756" xr:uid="{00000000-0005-0000-0000-0000F5020000}"/>
+    <cellStyle name="Normal 7 3" xfId="757" xr:uid="{00000000-0005-0000-0000-0000F6020000}"/>
+    <cellStyle name="Normal 70" xfId="758" xr:uid="{00000000-0005-0000-0000-0000F7020000}"/>
+    <cellStyle name="Normal 70 2" xfId="759" xr:uid="{00000000-0005-0000-0000-0000F8020000}"/>
+    <cellStyle name="Normal 70 3" xfId="760" xr:uid="{00000000-0005-0000-0000-0000F9020000}"/>
+    <cellStyle name="Normal 71" xfId="761" xr:uid="{00000000-0005-0000-0000-0000FA020000}"/>
+    <cellStyle name="Normal 71 2" xfId="762" xr:uid="{00000000-0005-0000-0000-0000FB020000}"/>
+    <cellStyle name="Normal 71 3" xfId="763" xr:uid="{00000000-0005-0000-0000-0000FC020000}"/>
+    <cellStyle name="Normal 72" xfId="764" xr:uid="{00000000-0005-0000-0000-0000FD020000}"/>
+    <cellStyle name="Normal 72 2" xfId="765" xr:uid="{00000000-0005-0000-0000-0000FE020000}"/>
+    <cellStyle name="Normal 72 3" xfId="766" xr:uid="{00000000-0005-0000-0000-0000FF020000}"/>
+    <cellStyle name="Normal 73" xfId="767" xr:uid="{00000000-0005-0000-0000-000000030000}"/>
+    <cellStyle name="Normal 73 2" xfId="768" xr:uid="{00000000-0005-0000-0000-000001030000}"/>
+    <cellStyle name="Normal 73 3" xfId="769" xr:uid="{00000000-0005-0000-0000-000002030000}"/>
+    <cellStyle name="Normal 74" xfId="770" xr:uid="{00000000-0005-0000-0000-000003030000}"/>
+    <cellStyle name="Normal 74 2" xfId="771" xr:uid="{00000000-0005-0000-0000-000004030000}"/>
+    <cellStyle name="Normal 74 3" xfId="772" xr:uid="{00000000-0005-0000-0000-000005030000}"/>
+    <cellStyle name="Normal 75" xfId="773" xr:uid="{00000000-0005-0000-0000-000006030000}"/>
+    <cellStyle name="Normal 75 2" xfId="774" xr:uid="{00000000-0005-0000-0000-000007030000}"/>
+    <cellStyle name="Normal 75 3" xfId="775" xr:uid="{00000000-0005-0000-0000-000008030000}"/>
+    <cellStyle name="Normal 76" xfId="776" xr:uid="{00000000-0005-0000-0000-000009030000}"/>
+    <cellStyle name="Normal 76 2" xfId="777" xr:uid="{00000000-0005-0000-0000-00000A030000}"/>
+    <cellStyle name="Normal 76 3" xfId="778" xr:uid="{00000000-0005-0000-0000-00000B030000}"/>
+    <cellStyle name="Normal 77" xfId="779" xr:uid="{00000000-0005-0000-0000-00000C030000}"/>
+    <cellStyle name="Normal 77 2" xfId="780" xr:uid="{00000000-0005-0000-0000-00000D030000}"/>
+    <cellStyle name="Normal 77 3" xfId="781" xr:uid="{00000000-0005-0000-0000-00000E030000}"/>
+    <cellStyle name="Normal 78" xfId="782" xr:uid="{00000000-0005-0000-0000-00000F030000}"/>
+    <cellStyle name="Normal 78 2" xfId="783" xr:uid="{00000000-0005-0000-0000-000010030000}"/>
+    <cellStyle name="Normal 78 3" xfId="784" xr:uid="{00000000-0005-0000-0000-000011030000}"/>
+    <cellStyle name="Normal 79" xfId="785" xr:uid="{00000000-0005-0000-0000-000012030000}"/>
+    <cellStyle name="Normal 79 2" xfId="786" xr:uid="{00000000-0005-0000-0000-000013030000}"/>
+    <cellStyle name="Normal 79 3" xfId="787" xr:uid="{00000000-0005-0000-0000-000014030000}"/>
+    <cellStyle name="Normal 8" xfId="788" xr:uid="{00000000-0005-0000-0000-000015030000}"/>
+    <cellStyle name="Normal 8 2" xfId="789" xr:uid="{00000000-0005-0000-0000-000016030000}"/>
+    <cellStyle name="Normal 8 3" xfId="790" xr:uid="{00000000-0005-0000-0000-000017030000}"/>
+    <cellStyle name="Normal 80" xfId="791" xr:uid="{00000000-0005-0000-0000-000018030000}"/>
+    <cellStyle name="Normal 80 2" xfId="792" xr:uid="{00000000-0005-0000-0000-000019030000}"/>
+    <cellStyle name="Normal 80 3" xfId="793" xr:uid="{00000000-0005-0000-0000-00001A030000}"/>
+    <cellStyle name="Normal 81" xfId="794" xr:uid="{00000000-0005-0000-0000-00001B030000}"/>
+    <cellStyle name="Normal 81 2" xfId="795" xr:uid="{00000000-0005-0000-0000-00001C030000}"/>
+    <cellStyle name="Normal 81 3" xfId="796" xr:uid="{00000000-0005-0000-0000-00001D030000}"/>
+    <cellStyle name="Normal 82" xfId="797" xr:uid="{00000000-0005-0000-0000-00001E030000}"/>
+    <cellStyle name="Normal 82 2" xfId="798" xr:uid="{00000000-0005-0000-0000-00001F030000}"/>
+    <cellStyle name="Normal 82 3" xfId="799" xr:uid="{00000000-0005-0000-0000-000020030000}"/>
+    <cellStyle name="Normal 83" xfId="800" xr:uid="{00000000-0005-0000-0000-000021030000}"/>
+    <cellStyle name="Normal 83 2" xfId="801" xr:uid="{00000000-0005-0000-0000-000022030000}"/>
+    <cellStyle name="Normal 83 3" xfId="802" xr:uid="{00000000-0005-0000-0000-000023030000}"/>
+    <cellStyle name="Normal 84" xfId="803" xr:uid="{00000000-0005-0000-0000-000024030000}"/>
+    <cellStyle name="Normal 84 2" xfId="804" xr:uid="{00000000-0005-0000-0000-000025030000}"/>
+    <cellStyle name="Normal 84 3" xfId="805" xr:uid="{00000000-0005-0000-0000-000026030000}"/>
+    <cellStyle name="Normal 85" xfId="806" xr:uid="{00000000-0005-0000-0000-000027030000}"/>
+    <cellStyle name="Normal 85 2" xfId="807" xr:uid="{00000000-0005-0000-0000-000028030000}"/>
+    <cellStyle name="Normal 85 2 2" xfId="808" xr:uid="{00000000-0005-0000-0000-000029030000}"/>
+    <cellStyle name="Normal 85 3" xfId="809" xr:uid="{00000000-0005-0000-0000-00002A030000}"/>
+    <cellStyle name="Normal 86" xfId="810" xr:uid="{00000000-0005-0000-0000-00002B030000}"/>
+    <cellStyle name="Normal 86 2" xfId="811" xr:uid="{00000000-0005-0000-0000-00002C030000}"/>
+    <cellStyle name="Normal 86 3" xfId="812" xr:uid="{00000000-0005-0000-0000-00002D030000}"/>
+    <cellStyle name="Normal 87" xfId="813" xr:uid="{00000000-0005-0000-0000-00002E030000}"/>
+    <cellStyle name="Normal 87 2" xfId="814" xr:uid="{00000000-0005-0000-0000-00002F030000}"/>
+    <cellStyle name="Normal 87 3" xfId="815" xr:uid="{00000000-0005-0000-0000-000030030000}"/>
+    <cellStyle name="Normal 88" xfId="816" xr:uid="{00000000-0005-0000-0000-000031030000}"/>
+    <cellStyle name="Normal 88 2" xfId="817" xr:uid="{00000000-0005-0000-0000-000032030000}"/>
+    <cellStyle name="Normal 88 3" xfId="818" xr:uid="{00000000-0005-0000-0000-000033030000}"/>
+    <cellStyle name="Normal 89" xfId="819" xr:uid="{00000000-0005-0000-0000-000034030000}"/>
+    <cellStyle name="Normal 89 2" xfId="820" xr:uid="{00000000-0005-0000-0000-000035030000}"/>
+    <cellStyle name="Normal 89 3" xfId="821" xr:uid="{00000000-0005-0000-0000-000036030000}"/>
+    <cellStyle name="Normal 9" xfId="822" xr:uid="{00000000-0005-0000-0000-000037030000}"/>
+    <cellStyle name="Normal 9 2" xfId="823" xr:uid="{00000000-0005-0000-0000-000038030000}"/>
+    <cellStyle name="Normal 9 2 2" xfId="824" xr:uid="{00000000-0005-0000-0000-000039030000}"/>
+    <cellStyle name="Normal 9 3" xfId="825" xr:uid="{00000000-0005-0000-0000-00003A030000}"/>
+    <cellStyle name="Normal 90" xfId="826" xr:uid="{00000000-0005-0000-0000-00003B030000}"/>
+    <cellStyle name="Normal 90 2" xfId="827" xr:uid="{00000000-0005-0000-0000-00003C030000}"/>
+    <cellStyle name="Normal 90 3" xfId="828" xr:uid="{00000000-0005-0000-0000-00003D030000}"/>
+    <cellStyle name="Normal 91" xfId="829" xr:uid="{00000000-0005-0000-0000-00003E030000}"/>
+    <cellStyle name="Normal 91 2" xfId="830" xr:uid="{00000000-0005-0000-0000-00003F030000}"/>
+    <cellStyle name="Normal 91 3" xfId="831" xr:uid="{00000000-0005-0000-0000-000040030000}"/>
+    <cellStyle name="Normal 92" xfId="832" xr:uid="{00000000-0005-0000-0000-000041030000}"/>
+    <cellStyle name="Normal 92 2" xfId="833" xr:uid="{00000000-0005-0000-0000-000042030000}"/>
+    <cellStyle name="Normal 92 2 2" xfId="834" xr:uid="{00000000-0005-0000-0000-000043030000}"/>
+    <cellStyle name="Normal 92 3" xfId="835" xr:uid="{00000000-0005-0000-0000-000044030000}"/>
+    <cellStyle name="Normal 93" xfId="836" xr:uid="{00000000-0005-0000-0000-000045030000}"/>
+    <cellStyle name="Normal 93 2" xfId="837" xr:uid="{00000000-0005-0000-0000-000046030000}"/>
+    <cellStyle name="Normal 93 3" xfId="838" xr:uid="{00000000-0005-0000-0000-000047030000}"/>
+    <cellStyle name="Normal 94" xfId="839" xr:uid="{00000000-0005-0000-0000-000048030000}"/>
+    <cellStyle name="Normal 94 2" xfId="840" xr:uid="{00000000-0005-0000-0000-000049030000}"/>
+    <cellStyle name="Normal 94 3" xfId="841" xr:uid="{00000000-0005-0000-0000-00004A030000}"/>
+    <cellStyle name="Normal 95" xfId="842" xr:uid="{00000000-0005-0000-0000-00004B030000}"/>
+    <cellStyle name="Normal 95 2" xfId="843" xr:uid="{00000000-0005-0000-0000-00004C030000}"/>
+    <cellStyle name="Normal 95 3" xfId="844" xr:uid="{00000000-0005-0000-0000-00004D030000}"/>
+    <cellStyle name="Normal 96" xfId="845" xr:uid="{00000000-0005-0000-0000-00004E030000}"/>
+    <cellStyle name="Normal 96 2" xfId="846" xr:uid="{00000000-0005-0000-0000-00004F030000}"/>
+    <cellStyle name="Normal 96 3" xfId="847" xr:uid="{00000000-0005-0000-0000-000050030000}"/>
+    <cellStyle name="Normal 97" xfId="848" xr:uid="{00000000-0005-0000-0000-000051030000}"/>
+    <cellStyle name="Normal 97 2" xfId="849" xr:uid="{00000000-0005-0000-0000-000052030000}"/>
+    <cellStyle name="Normal 97 3" xfId="850" xr:uid="{00000000-0005-0000-0000-000053030000}"/>
+    <cellStyle name="Normal 98" xfId="851" xr:uid="{00000000-0005-0000-0000-000054030000}"/>
+    <cellStyle name="Normal 98 2" xfId="852" xr:uid="{00000000-0005-0000-0000-000055030000}"/>
+    <cellStyle name="Normal 98 2 2" xfId="853" xr:uid="{00000000-0005-0000-0000-000056030000}"/>
+    <cellStyle name="Normal 98 3" xfId="854" xr:uid="{00000000-0005-0000-0000-000057030000}"/>
+    <cellStyle name="Normal 99" xfId="855" xr:uid="{00000000-0005-0000-0000-000058030000}"/>
+    <cellStyle name="Normal 99 2" xfId="856" xr:uid="{00000000-0005-0000-0000-000059030000}"/>
+    <cellStyle name="Normal 99 3" xfId="857" xr:uid="{00000000-0005-0000-0000-00005A030000}"/>
+    <cellStyle name="Notas 2" xfId="858" xr:uid="{00000000-0005-0000-0000-00005B030000}"/>
+    <cellStyle name="Notas 3" xfId="859" xr:uid="{00000000-0005-0000-0000-00005C030000}"/>
+    <cellStyle name="Notas 4" xfId="860" xr:uid="{00000000-0005-0000-0000-00005D030000}"/>
+    <cellStyle name="Notas 5" xfId="861" xr:uid="{00000000-0005-0000-0000-00005E030000}"/>
+    <cellStyle name="Porcentaje 10" xfId="862" xr:uid="{00000000-0005-0000-0000-00005F030000}"/>
+    <cellStyle name="Porcentaje 10 2" xfId="863" xr:uid="{00000000-0005-0000-0000-000060030000}"/>
+    <cellStyle name="Porcentaje 11" xfId="864" xr:uid="{00000000-0005-0000-0000-000061030000}"/>
+    <cellStyle name="Porcentaje 12" xfId="865" xr:uid="{00000000-0005-0000-0000-000062030000}"/>
+    <cellStyle name="Porcentaje 12 2" xfId="866" xr:uid="{00000000-0005-0000-0000-000063030000}"/>
+    <cellStyle name="Porcentaje 13" xfId="867" xr:uid="{00000000-0005-0000-0000-000064030000}"/>
+    <cellStyle name="Porcentaje 13 2" xfId="868" xr:uid="{00000000-0005-0000-0000-000065030000}"/>
+    <cellStyle name="Porcentaje 14" xfId="869" xr:uid="{00000000-0005-0000-0000-000066030000}"/>
+    <cellStyle name="Porcentaje 15" xfId="870" xr:uid="{00000000-0005-0000-0000-000067030000}"/>
+    <cellStyle name="Porcentaje 15 2" xfId="871" xr:uid="{00000000-0005-0000-0000-000068030000}"/>
+    <cellStyle name="Porcentaje 16" xfId="872" xr:uid="{00000000-0005-0000-0000-000069030000}"/>
+    <cellStyle name="Porcentaje 17" xfId="873" xr:uid="{00000000-0005-0000-0000-00006A030000}"/>
+    <cellStyle name="Porcentaje 17 2" xfId="874" xr:uid="{00000000-0005-0000-0000-00006B030000}"/>
+    <cellStyle name="Porcentaje 18" xfId="875" xr:uid="{00000000-0005-0000-0000-00006C030000}"/>
+    <cellStyle name="Porcentaje 18 2" xfId="876" xr:uid="{00000000-0005-0000-0000-00006D030000}"/>
+    <cellStyle name="Porcentaje 19" xfId="877" xr:uid="{00000000-0005-0000-0000-00006E030000}"/>
+    <cellStyle name="Porcentaje 19 2" xfId="878" xr:uid="{00000000-0005-0000-0000-00006F030000}"/>
+    <cellStyle name="Porcentaje 2" xfId="879" xr:uid="{00000000-0005-0000-0000-000070030000}"/>
+    <cellStyle name="Porcentaje 2 2" xfId="880" xr:uid="{00000000-0005-0000-0000-000071030000}"/>
+    <cellStyle name="Porcentaje 2 2 2" xfId="881" xr:uid="{00000000-0005-0000-0000-000072030000}"/>
+    <cellStyle name="Porcentaje 2 3" xfId="882" xr:uid="{00000000-0005-0000-0000-000073030000}"/>
+    <cellStyle name="Porcentaje 2 4" xfId="883" xr:uid="{00000000-0005-0000-0000-000074030000}"/>
+    <cellStyle name="Porcentaje 20" xfId="884" xr:uid="{00000000-0005-0000-0000-000075030000}"/>
+    <cellStyle name="Porcentaje 21" xfId="885" xr:uid="{00000000-0005-0000-0000-000076030000}"/>
+    <cellStyle name="Porcentaje 22" xfId="886" xr:uid="{00000000-0005-0000-0000-000077030000}"/>
+    <cellStyle name="Porcentaje 23" xfId="887" xr:uid="{00000000-0005-0000-0000-000078030000}"/>
+    <cellStyle name="Porcentaje 24" xfId="888" xr:uid="{00000000-0005-0000-0000-000079030000}"/>
+    <cellStyle name="Porcentaje 25" xfId="889" xr:uid="{00000000-0005-0000-0000-00007A030000}"/>
+    <cellStyle name="Porcentaje 25 2" xfId="890" xr:uid="{00000000-0005-0000-0000-00007B030000}"/>
+    <cellStyle name="Porcentaje 26" xfId="891" xr:uid="{00000000-0005-0000-0000-00007C030000}"/>
+    <cellStyle name="Porcentaje 26 2" xfId="892" xr:uid="{00000000-0005-0000-0000-00007D030000}"/>
+    <cellStyle name="Porcentaje 27" xfId="893" xr:uid="{00000000-0005-0000-0000-00007E030000}"/>
+    <cellStyle name="Porcentaje 28" xfId="894" xr:uid="{00000000-0005-0000-0000-00007F030000}"/>
+    <cellStyle name="Porcentaje 28 2" xfId="895" xr:uid="{00000000-0005-0000-0000-000080030000}"/>
+    <cellStyle name="Porcentaje 29" xfId="896" xr:uid="{00000000-0005-0000-0000-000081030000}"/>
+    <cellStyle name="Porcentaje 29 2" xfId="897" xr:uid="{00000000-0005-0000-0000-000082030000}"/>
+    <cellStyle name="Porcentaje 3" xfId="898" xr:uid="{00000000-0005-0000-0000-000083030000}"/>
+    <cellStyle name="Porcentaje 3 2" xfId="899" xr:uid="{00000000-0005-0000-0000-000084030000}"/>
+    <cellStyle name="Porcentaje 30" xfId="900" xr:uid="{00000000-0005-0000-0000-000085030000}"/>
+    <cellStyle name="Porcentaje 30 2" xfId="901" xr:uid="{00000000-0005-0000-0000-000086030000}"/>
+    <cellStyle name="Porcentaje 31" xfId="902" xr:uid="{00000000-0005-0000-0000-000087030000}"/>
+    <cellStyle name="Porcentaje 32" xfId="903" xr:uid="{00000000-0005-0000-0000-000088030000}"/>
+    <cellStyle name="Porcentaje 32 2" xfId="904" xr:uid="{00000000-0005-0000-0000-000089030000}"/>
+    <cellStyle name="Porcentaje 33" xfId="905" xr:uid="{00000000-0005-0000-0000-00008A030000}"/>
+    <cellStyle name="Porcentaje 33 2" xfId="906" xr:uid="{00000000-0005-0000-0000-00008B030000}"/>
+    <cellStyle name="Porcentaje 34" xfId="907" xr:uid="{00000000-0005-0000-0000-00008C030000}"/>
+    <cellStyle name="Porcentaje 35" xfId="908" xr:uid="{00000000-0005-0000-0000-00008D030000}"/>
+    <cellStyle name="Porcentaje 36" xfId="909" xr:uid="{00000000-0005-0000-0000-00008E030000}"/>
+    <cellStyle name="Porcentaje 36 2" xfId="910" xr:uid="{00000000-0005-0000-0000-00008F030000}"/>
+    <cellStyle name="Porcentaje 37" xfId="911" xr:uid="{00000000-0005-0000-0000-000090030000}"/>
+    <cellStyle name="Porcentaje 37 2" xfId="912" xr:uid="{00000000-0005-0000-0000-000091030000}"/>
+    <cellStyle name="Porcentaje 38" xfId="913" xr:uid="{00000000-0005-0000-0000-000092030000}"/>
+    <cellStyle name="Porcentaje 39" xfId="914" xr:uid="{00000000-0005-0000-0000-000093030000}"/>
+    <cellStyle name="Porcentaje 4" xfId="915" xr:uid="{00000000-0005-0000-0000-000094030000}"/>
+    <cellStyle name="Porcentaje 4 2" xfId="916" xr:uid="{00000000-0005-0000-0000-000095030000}"/>
+    <cellStyle name="Porcentaje 4 2 2" xfId="917" xr:uid="{00000000-0005-0000-0000-000096030000}"/>
+    <cellStyle name="Porcentaje 4 3" xfId="918" xr:uid="{00000000-0005-0000-0000-000097030000}"/>
+    <cellStyle name="Porcentaje 40" xfId="919" xr:uid="{00000000-0005-0000-0000-000098030000}"/>
+    <cellStyle name="Porcentaje 41" xfId="920" xr:uid="{00000000-0005-0000-0000-000099030000}"/>
+    <cellStyle name="Porcentaje 42" xfId="921" xr:uid="{00000000-0005-0000-0000-00009A030000}"/>
+    <cellStyle name="Porcentaje 43" xfId="922" xr:uid="{00000000-0005-0000-0000-00009B030000}"/>
+    <cellStyle name="Porcentaje 44" xfId="923" xr:uid="{00000000-0005-0000-0000-00009C030000}"/>
+    <cellStyle name="Porcentaje 45" xfId="924" xr:uid="{00000000-0005-0000-0000-00009D030000}"/>
+    <cellStyle name="Porcentaje 46" xfId="925" xr:uid="{00000000-0005-0000-0000-00009E030000}"/>
+    <cellStyle name="Porcentaje 47" xfId="926" xr:uid="{00000000-0005-0000-0000-00009F030000}"/>
+    <cellStyle name="Porcentaje 48" xfId="927" xr:uid="{00000000-0005-0000-0000-0000A0030000}"/>
+    <cellStyle name="Porcentaje 49" xfId="928" xr:uid="{00000000-0005-0000-0000-0000A1030000}"/>
+    <cellStyle name="Porcentaje 5" xfId="929" xr:uid="{00000000-0005-0000-0000-0000A2030000}"/>
+    <cellStyle name="Porcentaje 5 2" xfId="930" xr:uid="{00000000-0005-0000-0000-0000A3030000}"/>
+    <cellStyle name="Porcentaje 50" xfId="931" xr:uid="{00000000-0005-0000-0000-0000A4030000}"/>
+    <cellStyle name="Porcentaje 51" xfId="932" xr:uid="{00000000-0005-0000-0000-0000A5030000}"/>
+    <cellStyle name="Porcentaje 52" xfId="933" xr:uid="{00000000-0005-0000-0000-0000A6030000}"/>
+    <cellStyle name="Porcentaje 53" xfId="934" xr:uid="{00000000-0005-0000-0000-0000A7030000}"/>
+    <cellStyle name="Porcentaje 54" xfId="935" xr:uid="{00000000-0005-0000-0000-0000A8030000}"/>
+    <cellStyle name="Porcentaje 55" xfId="936" xr:uid="{00000000-0005-0000-0000-0000A9030000}"/>
+    <cellStyle name="Porcentaje 56" xfId="937" xr:uid="{00000000-0005-0000-0000-0000AA030000}"/>
+    <cellStyle name="Porcentaje 57" xfId="938" xr:uid="{00000000-0005-0000-0000-0000AB030000}"/>
+    <cellStyle name="Porcentaje 58" xfId="939" xr:uid="{00000000-0005-0000-0000-0000AC030000}"/>
+    <cellStyle name="Porcentaje 59" xfId="940" xr:uid="{00000000-0005-0000-0000-0000AD030000}"/>
+    <cellStyle name="Porcentaje 6" xfId="941" xr:uid="{00000000-0005-0000-0000-0000AE030000}"/>
+    <cellStyle name="Porcentaje 6 2" xfId="942" xr:uid="{00000000-0005-0000-0000-0000AF030000}"/>
+    <cellStyle name="Porcentaje 60" xfId="943" xr:uid="{00000000-0005-0000-0000-0000B0030000}"/>
+    <cellStyle name="Porcentaje 61" xfId="944" xr:uid="{00000000-0005-0000-0000-0000B1030000}"/>
+    <cellStyle name="Porcentaje 62" xfId="945" xr:uid="{00000000-0005-0000-0000-0000B2030000}"/>
+    <cellStyle name="Porcentaje 63" xfId="946" xr:uid="{00000000-0005-0000-0000-0000B3030000}"/>
+    <cellStyle name="Porcentaje 64" xfId="947" xr:uid="{00000000-0005-0000-0000-0000B4030000}"/>
+    <cellStyle name="Porcentaje 65" xfId="948" xr:uid="{00000000-0005-0000-0000-0000B5030000}"/>
+    <cellStyle name="Porcentaje 66" xfId="949" xr:uid="{00000000-0005-0000-0000-0000B6030000}"/>
+    <cellStyle name="Porcentaje 67" xfId="950" xr:uid="{00000000-0005-0000-0000-0000B7030000}"/>
+    <cellStyle name="Porcentaje 68" xfId="951" xr:uid="{00000000-0005-0000-0000-0000B8030000}"/>
+    <cellStyle name="Porcentaje 69" xfId="952" xr:uid="{00000000-0005-0000-0000-0000B9030000}"/>
+    <cellStyle name="Porcentaje 7" xfId="953" xr:uid="{00000000-0005-0000-0000-0000BA030000}"/>
+    <cellStyle name="Porcentaje 70" xfId="954" xr:uid="{00000000-0005-0000-0000-0000BB030000}"/>
+    <cellStyle name="Porcentaje 71" xfId="955" xr:uid="{00000000-0005-0000-0000-0000BC030000}"/>
+    <cellStyle name="Porcentaje 72" xfId="956" xr:uid="{00000000-0005-0000-0000-0000BD030000}"/>
+    <cellStyle name="Porcentaje 73" xfId="957" xr:uid="{00000000-0005-0000-0000-0000BE030000}"/>
+    <cellStyle name="Porcentaje 74" xfId="958" xr:uid="{00000000-0005-0000-0000-0000BF030000}"/>
+    <cellStyle name="Porcentaje 75" xfId="959" xr:uid="{00000000-0005-0000-0000-0000C0030000}"/>
+    <cellStyle name="Porcentaje 76" xfId="960" xr:uid="{00000000-0005-0000-0000-0000C1030000}"/>
+    <cellStyle name="Porcentaje 77" xfId="961" xr:uid="{00000000-0005-0000-0000-0000C2030000}"/>
+    <cellStyle name="Porcentaje 78" xfId="962" xr:uid="{00000000-0005-0000-0000-0000C3030000}"/>
+    <cellStyle name="Porcentaje 79" xfId="963" xr:uid="{00000000-0005-0000-0000-0000C4030000}"/>
+    <cellStyle name="Porcentaje 8" xfId="964" xr:uid="{00000000-0005-0000-0000-0000C5030000}"/>
+    <cellStyle name="Porcentaje 80" xfId="965" xr:uid="{00000000-0005-0000-0000-0000C6030000}"/>
+    <cellStyle name="Porcentaje 81" xfId="966" xr:uid="{00000000-0005-0000-0000-0000C7030000}"/>
+    <cellStyle name="Porcentaje 82" xfId="967" xr:uid="{00000000-0005-0000-0000-0000C8030000}"/>
+    <cellStyle name="Porcentaje 83" xfId="968" xr:uid="{00000000-0005-0000-0000-0000C9030000}"/>
+    <cellStyle name="Porcentaje 84" xfId="969" xr:uid="{00000000-0005-0000-0000-0000CA030000}"/>
+    <cellStyle name="Porcentaje 85" xfId="970" xr:uid="{00000000-0005-0000-0000-0000CB030000}"/>
+    <cellStyle name="Porcentaje 85 2" xfId="971" xr:uid="{00000000-0005-0000-0000-0000CC030000}"/>
+    <cellStyle name="Porcentaje 86" xfId="972" xr:uid="{00000000-0005-0000-0000-0000CD030000}"/>
+    <cellStyle name="Porcentaje 87" xfId="973" xr:uid="{00000000-0005-0000-0000-0000CE030000}"/>
+    <cellStyle name="Porcentaje 88" xfId="974" xr:uid="{00000000-0005-0000-0000-0000CF030000}"/>
+    <cellStyle name="Porcentaje 89" xfId="975" xr:uid="{00000000-0005-0000-0000-0000D0030000}"/>
+    <cellStyle name="Porcentaje 9" xfId="976" xr:uid="{00000000-0005-0000-0000-0000D1030000}"/>
+    <cellStyle name="Porcentaje 9 2" xfId="977" xr:uid="{00000000-0005-0000-0000-0000D2030000}"/>
+    <cellStyle name="Porcentaje 90" xfId="978" xr:uid="{00000000-0005-0000-0000-0000D3030000}"/>
+    <cellStyle name="Porcentaje 91" xfId="979" xr:uid="{00000000-0005-0000-0000-0000D4030000}"/>
+    <cellStyle name="Porcentaje 92" xfId="980" xr:uid="{00000000-0005-0000-0000-0000D5030000}"/>
+    <cellStyle name="Porcentaje 92 2" xfId="981" xr:uid="{00000000-0005-0000-0000-0000D6030000}"/>
+    <cellStyle name="Porcentaje 93" xfId="982" xr:uid="{00000000-0005-0000-0000-0000D7030000}"/>
+    <cellStyle name="Porcentaje 94" xfId="983" xr:uid="{00000000-0005-0000-0000-0000D8030000}"/>
+    <cellStyle name="Porcentaje 95" xfId="984" xr:uid="{00000000-0005-0000-0000-0000D9030000}"/>
+    <cellStyle name="Porcentaje 96" xfId="985" xr:uid="{00000000-0005-0000-0000-0000DA030000}"/>
+    <cellStyle name="Porcentaje 97" xfId="986" xr:uid="{00000000-0005-0000-0000-0000DB030000}"/>
+    <cellStyle name="Porcentaje 98" xfId="987" xr:uid="{00000000-0005-0000-0000-0000DC030000}"/>
+    <cellStyle name="Porcentaje 98 2" xfId="988" xr:uid="{00000000-0005-0000-0000-0000DD030000}"/>
+    <cellStyle name="Porcentaje 99" xfId="989" xr:uid="{00000000-0005-0000-0000-0000DE030000}"/>
+    <cellStyle name="Porcentual 5" xfId="990" xr:uid="{00000000-0005-0000-0000-0000DF030000}"/>
+    <cellStyle name="Porcentual 6" xfId="991" xr:uid="{00000000-0005-0000-0000-0000E0030000}"/>
+    <cellStyle name="Salida 2" xfId="992" xr:uid="{00000000-0005-0000-0000-0000E1030000}"/>
+    <cellStyle name="Salida 3" xfId="993" xr:uid="{00000000-0005-0000-0000-0000E2030000}"/>
+    <cellStyle name="Salida 4" xfId="994" xr:uid="{00000000-0005-0000-0000-0000E3030000}"/>
+    <cellStyle name="Salida 5" xfId="995" xr:uid="{00000000-0005-0000-0000-0000E4030000}"/>
+    <cellStyle name="Texto de advertencia 2" xfId="996" xr:uid="{00000000-0005-0000-0000-0000E5030000}"/>
+    <cellStyle name="Texto de advertencia 3" xfId="997" xr:uid="{00000000-0005-0000-0000-0000E6030000}"/>
+    <cellStyle name="Texto de advertencia 4" xfId="998" xr:uid="{00000000-0005-0000-0000-0000E7030000}"/>
+    <cellStyle name="Texto de advertencia 5" xfId="999" xr:uid="{00000000-0005-0000-0000-0000E8030000}"/>
+    <cellStyle name="Texto explicativo 2" xfId="1000" xr:uid="{00000000-0005-0000-0000-0000E9030000}"/>
+    <cellStyle name="Texto explicativo 3" xfId="1001" xr:uid="{00000000-0005-0000-0000-0000EA030000}"/>
+    <cellStyle name="Texto explicativo 4" xfId="1002" xr:uid="{00000000-0005-0000-0000-0000EB030000}"/>
+    <cellStyle name="Texto explicativo 5" xfId="1003" xr:uid="{00000000-0005-0000-0000-0000EC030000}"/>
+    <cellStyle name="Título 1 2" xfId="1004" xr:uid="{00000000-0005-0000-0000-0000ED030000}"/>
+    <cellStyle name="Título 1 3" xfId="1005" xr:uid="{00000000-0005-0000-0000-0000EE030000}"/>
+    <cellStyle name="Título 1 4" xfId="1006" xr:uid="{00000000-0005-0000-0000-0000EF030000}"/>
+    <cellStyle name="Título 1 5" xfId="1007" xr:uid="{00000000-0005-0000-0000-0000F0030000}"/>
+    <cellStyle name="Título 2 2" xfId="1008" xr:uid="{00000000-0005-0000-0000-0000F1030000}"/>
+    <cellStyle name="Título 2 3" xfId="1009" xr:uid="{00000000-0005-0000-0000-0000F2030000}"/>
+    <cellStyle name="Título 2 4" xfId="1010" xr:uid="{00000000-0005-0000-0000-0000F3030000}"/>
+    <cellStyle name="Título 2 5" xfId="1011" xr:uid="{00000000-0005-0000-0000-0000F4030000}"/>
+    <cellStyle name="Título 3 2" xfId="1012" xr:uid="{00000000-0005-0000-0000-0000F5030000}"/>
+    <cellStyle name="Título 3 3" xfId="1013" xr:uid="{00000000-0005-0000-0000-0000F6030000}"/>
+    <cellStyle name="Título 3 4" xfId="1014" xr:uid="{00000000-0005-0000-0000-0000F7030000}"/>
+    <cellStyle name="Título 3 5" xfId="1015" xr:uid="{00000000-0005-0000-0000-0000F8030000}"/>
+    <cellStyle name="Título 4" xfId="1016" xr:uid="{00000000-0005-0000-0000-0000F9030000}"/>
+    <cellStyle name="Título 5" xfId="1017" xr:uid="{00000000-0005-0000-0000-0000FA030000}"/>
+    <cellStyle name="Título 6" xfId="1018" xr:uid="{00000000-0005-0000-0000-0000FB030000}"/>
+    <cellStyle name="Título 7" xfId="1019" xr:uid="{00000000-0005-0000-0000-0000FC030000}"/>
+    <cellStyle name="Total 2" xfId="1020" xr:uid="{00000000-0005-0000-0000-0000FD030000}"/>
+    <cellStyle name="Total 3" xfId="1021" xr:uid="{00000000-0005-0000-0000-0000FE030000}"/>
+    <cellStyle name="Total 4" xfId="1022" xr:uid="{00000000-0005-0000-0000-0000FF030000}"/>
+    <cellStyle name="Total 5" xfId="1023" xr:uid="{00000000-0005-0000-0000-000000040000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>3</xdr:col>
       <xdr:colOff>85725</xdr:colOff>
       <xdr:row>3</xdr:row>
       <xdr:rowOff>123825</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1025" name="1 Imagen" descr="logo_sist1">
+        <xdr:cNvPr id="2" name="1 Imagen" descr="logo_sist1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{457AE28D-BD60-C9C1-AF14-961AA09ED731}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvPicPr>
-[...1 lines deleted...]
-        </xdr:cNvPicPr>
+        <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="142875" y="0"/>
           <a:ext cx="1400175" cy="609600"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:extLst>
-[...17 lines deleted...]
-        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\futurunco\AppData\Local\Microsoft\Windows\Temporary%20Internet%20Files\Content.Outlook\VG3OJ9XJ\Cant%20OREC%20notif%20que%20han%20informado%20o%20no%20destrucion%20o%20desaparicion%20-%20Ley%2029312%20al%2026enero2012.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Hoja1"/>
       <sheetName val="Hoja2"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="5">
           <cell r="C5" t="str">
             <v>Jefatura Regional</v>
           </cell>
           <cell r="D5" t="str">
@@ -5368,3211 +5415,3211 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor indexed="13"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B5:J123"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="120" zoomScaleNormal="120" workbookViewId="0">
-      <selection activeCell="O93" sqref="O93"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="2.140625" customWidth="1"/>
     <col min="2" max="2" width="5.140625" customWidth="1"/>
     <col min="3" max="3" width="14.5703125" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="26.140625" customWidth="1"/>
     <col min="5" max="5" width="19.85546875" customWidth="1"/>
     <col min="6" max="6" width="20.85546875" customWidth="1"/>
     <col min="7" max="7" width="19.42578125" customWidth="1"/>
     <col min="8" max="8" width="28.140625" customWidth="1"/>
     <col min="9" max="9" width="17.5703125" customWidth="1"/>
-    <col min="10" max="10" width="21.7109375" style="29" customWidth="1"/>
+    <col min="10" max="10" width="21.7109375" style="33" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="5" spans="2:10">
       <c r="B5" s="1"/>
       <c r="C5" s="2"/>
       <c r="D5" s="2"/>
       <c r="E5" s="3"/>
       <c r="F5" s="3"/>
       <c r="G5" s="4"/>
       <c r="H5" s="2"/>
       <c r="I5" s="4"/>
       <c r="J5" s="4"/>
     </row>
     <row r="6" spans="2:10">
       <c r="B6" s="1"/>
       <c r="C6" s="2"/>
       <c r="D6" s="2"/>
       <c r="E6" s="3"/>
       <c r="F6" s="3"/>
       <c r="G6" s="4"/>
       <c r="H6" s="2"/>
       <c r="I6" s="4"/>
       <c r="J6" s="4"/>
     </row>
     <row r="7" spans="2:10">
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="3"/>
       <c r="F7" s="3"/>
       <c r="G7" s="4"/>
       <c r="H7" s="2"/>
       <c r="I7" s="5"/>
       <c r="J7" s="4"/>
     </row>
     <row r="8" spans="2:10" ht="42.75" customHeight="1">
-      <c r="B8" s="31" t="s">
+      <c r="B8" s="35" t="s">
         <v>337</v>
       </c>
-      <c r="C8" s="31"/>
-[...6 lines deleted...]
-      <c r="J8" s="31"/>
+      <c r="C8" s="35"/>
+      <c r="D8" s="35"/>
+      <c r="E8" s="35"/>
+      <c r="F8" s="36"/>
+      <c r="G8" s="35"/>
+      <c r="H8" s="35"/>
+      <c r="I8" s="35"/>
+      <c r="J8" s="35"/>
     </row>
     <row r="9" spans="2:10">
       <c r="B9" s="2"/>
       <c r="C9" s="2"/>
       <c r="D9" s="2"/>
       <c r="E9" s="3"/>
       <c r="F9" s="3"/>
       <c r="G9" s="4"/>
       <c r="H9" s="2"/>
       <c r="I9" s="2"/>
       <c r="J9" s="4"/>
     </row>
     <row r="10" spans="2:10">
       <c r="B10" s="1" t="s">
         <v>329</v>
       </c>
       <c r="C10" s="2"/>
       <c r="D10" s="2"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="4"/>
       <c r="H10" s="2"/>
       <c r="I10" s="2"/>
       <c r="J10" s="4"/>
     </row>
     <row r="11" spans="2:10" ht="29.25" customHeight="1">
       <c r="B11" s="9" t="s">
         <v>0</v>
       </c>
       <c r="C11" s="9" t="s">
         <v>1</v>
       </c>
       <c r="D11" s="9" t="s">
         <v>2</v>
       </c>
       <c r="E11" s="9" t="s">
         <v>3</v>
       </c>
-      <c r="F11" s="20" t="s">
+      <c r="F11" s="24" t="s">
         <v>336</v>
       </c>
       <c r="G11" s="9" t="s">
         <v>4</v>
       </c>
       <c r="H11" s="9" t="s">
         <v>16</v>
       </c>
       <c r="I11" s="9" t="s">
         <v>5</v>
       </c>
       <c r="J11" s="9" t="s">
         <v>330</v>
       </c>
     </row>
     <row r="12" spans="2:10" ht="23.25" customHeight="1">
       <c r="B12" s="6">
         <v>1</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="D12" s="12" t="s">
+      <c r="D12" s="14" t="s">
         <v>7</v>
       </c>
       <c r="E12" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="F12" s="30"/>
+      <c r="F12" s="34"/>
       <c r="G12" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I12" s="8" t="s">
         <v>35</v>
       </c>
-      <c r="J12" s="21" t="s">
+      <c r="J12" s="25" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="2:10" ht="24" customHeight="1">
       <c r="B13" s="6">
         <f>B12+1</f>
         <v>2</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D13" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="E13" s="12" t="s">
+      <c r="E13" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="F13" s="30"/>
+      <c r="F13" s="34"/>
       <c r="G13" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H13" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I13" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="J13" s="21" t="s">
+      <c r="J13" s="25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="2:10" ht="24" customHeight="1">
       <c r="B14" s="6">
         <f t="shared" ref="B14:B25" si="0">B13+1</f>
         <v>3</v>
       </c>
       <c r="C14" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D14" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E14" s="12" t="s">
+      <c r="E14" s="14" t="s">
         <v>14</v>
       </c>
-      <c r="F14" s="30"/>
+      <c r="F14" s="34"/>
       <c r="G14" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H14" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I14" s="8" t="s">
         <v>37</v>
       </c>
-      <c r="J14" s="21" t="s">
+      <c r="J14" s="25" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="15" spans="2:10" ht="24" customHeight="1">
       <c r="B15" s="6">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="C15" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D15" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E15" s="12" t="s">
+      <c r="E15" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="F15" s="30"/>
+      <c r="F15" s="34"/>
       <c r="G15" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H15" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I15" s="8" t="s">
         <v>38</v>
       </c>
-      <c r="J15" s="21" t="s">
+      <c r="J15" s="25" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="2:10">
       <c r="B16" s="6">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E16" s="12" t="s">
+      <c r="E16" s="14" t="s">
         <v>21</v>
       </c>
-      <c r="F16" s="30"/>
+      <c r="F16" s="34"/>
       <c r="G16" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I16" s="8" t="s">
         <v>39</v>
       </c>
-      <c r="J16" s="21" t="s">
+      <c r="J16" s="25" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="17" spans="2:10" ht="24" customHeight="1">
       <c r="B17" s="6">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="D17" s="12" t="s">
+      <c r="D17" s="14" t="s">
         <v>11</v>
       </c>
       <c r="E17" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="F17" s="30"/>
+      <c r="F17" s="34"/>
       <c r="G17" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H17" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I17" s="8" t="s">
         <v>40</v>
       </c>
-      <c r="J17" s="21" t="s">
+      <c r="J17" s="25" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="18" spans="2:10" ht="15" customHeight="1">
       <c r="B18" s="6">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
       <c r="C18" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D18" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E18" s="12" t="s">
+      <c r="E18" s="14" t="s">
         <v>24</v>
       </c>
-      <c r="F18" s="30"/>
+      <c r="F18" s="34"/>
       <c r="G18" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H18" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I18" s="8" t="s">
         <v>25</v>
       </c>
       <c r="J18" s="10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="19" spans="2:10" ht="15" customHeight="1">
       <c r="B19" s="6">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
       <c r="C19" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D19" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="E19" s="12" t="s">
+      <c r="E19" s="14" t="s">
         <v>27</v>
       </c>
-      <c r="F19" s="30"/>
+      <c r="F19" s="34"/>
       <c r="G19" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H19" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I19" s="8" t="s">
         <v>28</v>
       </c>
       <c r="J19" s="10" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="20" spans="2:10" ht="15" customHeight="1">
       <c r="B20" s="6">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
       <c r="C20" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D20" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="E20" s="12" t="s">
+      <c r="E20" s="14" t="s">
         <v>29</v>
       </c>
-      <c r="F20" s="30"/>
+      <c r="F20" s="34"/>
       <c r="G20" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H20" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I20" s="8" t="s">
         <v>41</v>
       </c>
       <c r="J20" s="10" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="21" spans="2:10" ht="15" customHeight="1">
       <c r="B21" s="6">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
       <c r="C21" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D21" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E21" s="12" t="s">
+      <c r="E21" s="14" t="s">
         <v>31</v>
       </c>
-      <c r="F21" s="30"/>
+      <c r="F21" s="34"/>
       <c r="G21" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H21" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I21" s="8" t="s">
         <v>42</v>
       </c>
       <c r="J21" s="10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="22" spans="2:10" ht="15" customHeight="1">
       <c r="B22" s="6">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
       <c r="C22" s="7" t="s">
         <v>6</v>
       </c>
       <c r="D22" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="E22" s="12" t="s">
+      <c r="E22" s="14" t="s">
         <v>33</v>
       </c>
-      <c r="F22" s="30"/>
+      <c r="F22" s="34"/>
       <c r="G22" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H22" s="6" t="s">
         <v>10</v>
       </c>
       <c r="I22" s="8" t="s">
         <v>43</v>
       </c>
       <c r="J22" s="10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="2:10" ht="15" customHeight="1">
       <c r="B23" s="6">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>44</v>
       </c>
       <c r="D23" s="7" t="s">
         <v>46</v>
       </c>
-      <c r="E23" s="12" t="s">
+      <c r="E23" s="14" t="s">
         <v>45</v>
       </c>
-      <c r="F23" s="30"/>
+      <c r="F23" s="34"/>
       <c r="G23" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H23" s="6" t="s">
         <v>47</v>
       </c>
       <c r="I23" s="11">
         <v>44735</v>
       </c>
-      <c r="J23" s="22" t="s">
+      <c r="J23" s="26" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="2:10" ht="15" customHeight="1">
       <c r="B24" s="6">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
       <c r="C24" s="7" t="s">
         <v>69</v>
       </c>
-      <c r="D24" s="12" t="s">
+      <c r="D24" s="14" t="s">
         <v>58</v>
       </c>
       <c r="E24" s="7" t="s">
         <v>49</v>
       </c>
-      <c r="F24" s="30"/>
+      <c r="F24" s="34"/>
       <c r="G24" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H24" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I24" s="11">
         <v>44764</v>
       </c>
-      <c r="J24" s="19" t="s">
+      <c r="J24" s="23" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="25" spans="2:10" ht="15" customHeight="1">
       <c r="B25" s="6">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
       <c r="C25" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="D25" s="12" t="s">
+      <c r="D25" s="14" t="s">
         <v>59</v>
       </c>
       <c r="E25" s="7" t="s">
         <v>50</v>
       </c>
-      <c r="F25" s="30"/>
+      <c r="F25" s="34"/>
       <c r="G25" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H25" s="6" t="s">
         <v>51</v>
       </c>
       <c r="I25" s="11">
         <v>44764</v>
       </c>
-      <c r="J25" s="19" t="s">
+      <c r="J25" s="23" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="26" spans="2:10" ht="15" customHeight="1">
       <c r="B26" s="6">
         <f t="shared" ref="B26:B41" si="1">B25+1</f>
         <v>15</v>
       </c>
       <c r="C26" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="D26" s="12" t="s">
+      <c r="D26" s="14" t="s">
         <v>60</v>
       </c>
       <c r="E26" s="7" t="s">
         <v>54</v>
       </c>
-      <c r="F26" s="30"/>
+      <c r="F26" s="34"/>
       <c r="G26" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H26" s="6" t="s">
         <v>62</v>
       </c>
       <c r="I26" s="11">
         <v>44831</v>
       </c>
-      <c r="J26" s="19" t="s">
+      <c r="J26" s="23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="27" spans="2:10" ht="15" customHeight="1">
       <c r="B27" s="6">
         <f t="shared" si="1"/>
         <v>16</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="D27" s="12" t="s">
+      <c r="D27" s="14" t="s">
         <v>61</v>
       </c>
       <c r="E27" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="F27" s="30"/>
+      <c r="F27" s="34"/>
       <c r="G27" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H27" s="6" t="s">
         <v>62</v>
       </c>
       <c r="I27" s="11">
         <v>44833</v>
       </c>
-      <c r="J27" s="19" t="s">
+      <c r="J27" s="23" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="28" spans="2:10" ht="15" customHeight="1">
       <c r="B28" s="6">
         <f t="shared" si="1"/>
         <v>17</v>
       </c>
       <c r="C28" s="7" t="s">
         <v>44</v>
       </c>
       <c r="D28" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="E28" s="12" t="s">
+      <c r="E28" s="14" t="s">
         <v>55</v>
       </c>
-      <c r="F28" s="30"/>
+      <c r="F28" s="34"/>
       <c r="G28" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H28" s="6" t="s">
         <v>63</v>
       </c>
       <c r="I28" s="11">
         <v>44834</v>
       </c>
-      <c r="J28" s="19" t="s">
+      <c r="J28" s="23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="29" spans="2:10" ht="15" customHeight="1">
       <c r="B29" s="6">
         <f t="shared" si="1"/>
         <v>18</v>
       </c>
       <c r="C29" s="7" t="s">
         <v>44</v>
       </c>
       <c r="D29" s="7" t="s">
         <v>55</v>
       </c>
-      <c r="E29" s="12" t="s">
+      <c r="E29" s="14" t="s">
         <v>56</v>
       </c>
-      <c r="F29" s="30"/>
+      <c r="F29" s="34"/>
       <c r="G29" s="6" t="s">
         <v>13</v>
       </c>
       <c r="H29" s="6" t="s">
         <v>63</v>
       </c>
       <c r="I29" s="11">
         <v>44834</v>
       </c>
-      <c r="J29" s="19" t="s">
+      <c r="J29" s="23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="30" spans="2:10" ht="21" customHeight="1">
       <c r="B30" s="6">
         <f t="shared" si="1"/>
         <v>19</v>
       </c>
       <c r="C30" s="7" t="s">
         <v>44</v>
       </c>
-      <c r="D30" s="12" t="s">
+      <c r="D30" s="14" t="s">
         <v>67</v>
       </c>
       <c r="E30" s="7" t="s">
         <v>68</v>
       </c>
-      <c r="F30" s="30"/>
+      <c r="F30" s="34"/>
       <c r="G30" s="6" t="s">
         <v>9</v>
       </c>
       <c r="H30" s="6" t="s">
         <v>62</v>
       </c>
       <c r="I30" s="11">
         <v>44844</v>
       </c>
-      <c r="J30" s="19" t="s">
+      <c r="J30" s="23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="31" spans="2:10" ht="21" customHeight="1">
       <c r="B31" s="6">
         <f t="shared" si="1"/>
         <v>20</v>
       </c>
-      <c r="C31" s="7" t="s">
+      <c r="C31" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="D31" s="13" t="s">
+      <c r="D31" s="15" t="s">
         <v>73</v>
       </c>
-      <c r="E31" s="7" t="s">
+      <c r="E31" s="12" t="s">
         <v>75</v>
       </c>
-      <c r="F31" s="30"/>
-      <c r="G31" s="6" t="s">
+      <c r="F31" s="34"/>
+      <c r="G31" s="13" t="s">
         <v>9</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>62</v>
       </c>
       <c r="I31" s="11">
         <v>44855</v>
       </c>
-      <c r="J31" s="19" t="s">
+      <c r="J31" s="23" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="32" spans="2:10" ht="21" customHeight="1">
       <c r="B32" s="6">
         <f t="shared" si="1"/>
         <v>21</v>
       </c>
-      <c r="C32" s="7" t="s">
+      <c r="C32" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="D32" s="13" t="s">
+      <c r="D32" s="15" t="s">
         <v>74</v>
       </c>
-      <c r="E32" s="7" t="s">
+      <c r="E32" s="12" t="s">
         <v>70</v>
       </c>
-      <c r="F32" s="30"/>
-      <c r="G32" s="6" t="s">
+      <c r="F32" s="34"/>
+      <c r="G32" s="13" t="s">
         <v>9</v>
       </c>
       <c r="H32" s="6" t="s">
         <v>62</v>
       </c>
       <c r="I32" s="11">
         <v>44855</v>
       </c>
-      <c r="J32" s="19" t="s">
+      <c r="J32" s="23" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="33" spans="2:10" ht="21" customHeight="1">
       <c r="B33" s="6">
         <f t="shared" si="1"/>
         <v>22</v>
       </c>
-      <c r="C33" s="7" t="s">
+      <c r="C33" s="12" t="s">
         <v>44</v>
       </c>
-      <c r="D33" s="7" t="s">
+      <c r="D33" s="12" t="s">
         <v>55</v>
       </c>
-      <c r="E33" s="13" t="s">
+      <c r="E33" s="15" t="s">
         <v>71</v>
       </c>
-      <c r="F33" s="30"/>
-      <c r="G33" s="6" t="s">
+      <c r="F33" s="34"/>
+      <c r="G33" s="13" t="s">
         <v>13</v>
       </c>
       <c r="H33" s="6" t="s">
         <v>63</v>
       </c>
       <c r="I33" s="11">
         <v>44855</v>
       </c>
-      <c r="J33" s="19" t="s">
+      <c r="J33" s="23" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="34" spans="2:10" ht="21" customHeight="1">
       <c r="B34" s="6">
         <f t="shared" si="1"/>
         <v>23</v>
       </c>
-      <c r="C34" s="7" t="s">
+      <c r="C34" s="12" t="s">
         <v>44</v>
       </c>
-      <c r="D34" s="7" t="s">
+      <c r="D34" s="12" t="s">
         <v>55</v>
       </c>
-      <c r="E34" s="13" t="s">
+      <c r="E34" s="15" t="s">
         <v>72</v>
       </c>
-      <c r="F34" s="30"/>
-      <c r="G34" s="6" t="s">
+      <c r="F34" s="34"/>
+      <c r="G34" s="13" t="s">
         <v>13</v>
       </c>
       <c r="H34" s="6" t="s">
         <v>63</v>
       </c>
       <c r="I34" s="11">
         <v>44855</v>
       </c>
-      <c r="J34" s="19" t="s">
+      <c r="J34" s="23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="35" spans="2:10" ht="21" customHeight="1">
       <c r="B35" s="6">
         <f t="shared" si="1"/>
         <v>24</v>
       </c>
-      <c r="C35" s="7" t="s">
+      <c r="C35" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="D35" s="13" t="s">
+      <c r="D35" s="15" t="s">
         <v>89</v>
       </c>
-      <c r="E35" s="7" t="s">
+      <c r="E35" s="12" t="s">
         <v>81</v>
       </c>
-      <c r="F35" s="30"/>
-[...3 lines deleted...]
-      <c r="H35" s="6" t="s">
+      <c r="F35" s="34"/>
+      <c r="G35" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H35" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I35" s="11">
         <v>44867</v>
       </c>
-      <c r="J35" s="19" t="s">
+      <c r="J35" s="23" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="36" spans="2:10" ht="21" customHeight="1">
       <c r="B36" s="6">
         <f t="shared" si="1"/>
         <v>25</v>
       </c>
-      <c r="C36" s="7" t="s">
+      <c r="C36" s="12" t="s">
         <v>79</v>
       </c>
-      <c r="D36" s="13" t="s">
+      <c r="D36" s="15" t="s">
         <v>90</v>
       </c>
-      <c r="E36" s="7" t="s">
+      <c r="E36" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="F36" s="30"/>
-[...3 lines deleted...]
-      <c r="H36" s="6" t="s">
+      <c r="F36" s="34"/>
+      <c r="G36" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H36" s="13" t="s">
         <v>82</v>
       </c>
       <c r="I36" s="11">
         <v>44869</v>
       </c>
-      <c r="J36" s="19" t="s">
+      <c r="J36" s="23" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="37" spans="2:10" ht="21" customHeight="1">
       <c r="B37" s="6">
         <f t="shared" si="1"/>
         <v>26</v>
       </c>
-      <c r="C37" s="7" t="s">
+      <c r="C37" s="12" t="s">
         <v>79</v>
       </c>
-      <c r="D37" s="13" t="s">
+      <c r="D37" s="15" t="s">
         <v>91</v>
       </c>
-      <c r="E37" s="7" t="s">
+      <c r="E37" s="12" t="s">
         <v>85</v>
       </c>
-      <c r="F37" s="30"/>
-[...3 lines deleted...]
-      <c r="H37" s="6" t="s">
+      <c r="F37" s="34"/>
+      <c r="G37" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H37" s="13" t="s">
         <v>82</v>
       </c>
-      <c r="I37" s="11">
+      <c r="I37" s="16">
         <v>44880</v>
       </c>
-      <c r="J37" s="19" t="s">
+      <c r="J37" s="23" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="38" spans="2:10" ht="21" customHeight="1">
       <c r="B38" s="6">
         <f t="shared" si="1"/>
         <v>27</v>
       </c>
-      <c r="C38" s="7" t="s">
+      <c r="C38" s="12" t="s">
         <v>79</v>
       </c>
-      <c r="D38" s="7" t="s">
+      <c r="D38" s="12" t="s">
         <v>85</v>
       </c>
-      <c r="E38" s="13" t="s">
+      <c r="E38" s="15" t="s">
         <v>86</v>
       </c>
-      <c r="F38" s="30"/>
-      <c r="G38" s="6" t="s">
+      <c r="F38" s="34"/>
+      <c r="G38" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="H38" s="6" t="s">
+      <c r="H38" s="13" t="s">
         <v>63</v>
       </c>
-      <c r="I38" s="11">
+      <c r="I38" s="16">
         <v>44880</v>
       </c>
-      <c r="J38" s="19" t="s">
+      <c r="J38" s="23" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="39" spans="2:10" ht="21" customHeight="1">
       <c r="B39" s="6">
         <f t="shared" si="1"/>
         <v>28</v>
       </c>
-      <c r="C39" s="7" t="s">
+      <c r="C39" s="12" t="s">
         <v>87</v>
       </c>
-      <c r="D39" s="13" t="s">
+      <c r="D39" s="15" t="s">
         <v>92</v>
       </c>
-      <c r="E39" s="7" t="s">
+      <c r="E39" s="12" t="s">
         <v>88</v>
       </c>
-      <c r="F39" s="30"/>
-[...3 lines deleted...]
-      <c r="H39" s="6" t="s">
+      <c r="F39" s="34"/>
+      <c r="G39" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H39" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="I39" s="11">
+      <c r="I39" s="16">
         <v>44883</v>
       </c>
-      <c r="J39" s="19" t="s">
+      <c r="J39" s="23" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="40" spans="2:10" ht="21" customHeight="1">
       <c r="B40" s="6">
         <f t="shared" si="1"/>
         <v>29</v>
       </c>
-      <c r="C40" s="7" t="s">
+      <c r="C40" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="D40" s="13" t="s">
+      <c r="D40" s="15" t="s">
         <v>98</v>
       </c>
-      <c r="E40" s="7" t="s">
+      <c r="E40" s="12" t="s">
         <v>100</v>
       </c>
-      <c r="F40" s="30"/>
-[...3 lines deleted...]
-      <c r="H40" s="6" t="s">
+      <c r="F40" s="34"/>
+      <c r="G40" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H40" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="I40" s="11">
+      <c r="I40" s="16">
         <v>44889</v>
       </c>
-      <c r="J40" s="19" t="s">
+      <c r="J40" s="23" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="41" spans="2:10" ht="21" customHeight="1">
       <c r="B41" s="6">
         <f t="shared" si="1"/>
         <v>30</v>
       </c>
-      <c r="C41" s="7" t="s">
+      <c r="C41" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="D41" s="13" t="s">
+      <c r="D41" s="15" t="s">
         <v>99</v>
       </c>
-      <c r="E41" s="7" t="s">
+      <c r="E41" s="12" t="s">
         <v>96</v>
       </c>
-      <c r="F41" s="30"/>
-[...3 lines deleted...]
-      <c r="H41" s="6" t="s">
+      <c r="F41" s="34"/>
+      <c r="G41" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H41" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="I41" s="11">
+      <c r="I41" s="16">
         <v>44890</v>
       </c>
-      <c r="J41" s="19" t="s">
+      <c r="J41" s="23" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="42" spans="2:10" ht="21" customHeight="1">
       <c r="B42" s="6">
         <f>B41+1</f>
         <v>31</v>
       </c>
-      <c r="C42" s="7" t="s">
+      <c r="C42" s="12" t="s">
         <v>79</v>
       </c>
-      <c r="D42" s="7" t="s">
+      <c r="D42" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="E42" s="13" t="s">
+      <c r="E42" s="15" t="s">
         <v>97</v>
       </c>
-      <c r="F42" s="30"/>
-      <c r="G42" s="6" t="s">
+      <c r="F42" s="34"/>
+      <c r="G42" s="13" t="s">
         <v>13</v>
       </c>
-      <c r="H42" s="6" t="s">
+      <c r="H42" s="13" t="s">
         <v>103</v>
       </c>
-      <c r="I42" s="11">
+      <c r="I42" s="16">
         <v>44894</v>
       </c>
-      <c r="J42" s="19" t="s">
+      <c r="J42" s="23" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="43" spans="2:10" ht="21" customHeight="1">
       <c r="B43" s="6">
         <f t="shared" ref="B43:B105" si="2">B42+1</f>
         <v>32</v>
       </c>
-      <c r="C43" s="7" t="s">
+      <c r="C43" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="D43" s="13" t="s">
+      <c r="D43" s="15" t="s">
         <v>104</v>
       </c>
-      <c r="E43" s="7" t="s">
+      <c r="E43" s="12" t="s">
         <v>95</v>
       </c>
-      <c r="F43" s="30"/>
-[...3 lines deleted...]
-      <c r="H43" s="6" t="s">
+      <c r="F43" s="34"/>
+      <c r="G43" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H43" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="I43" s="11">
+      <c r="I43" s="16">
         <v>44900</v>
       </c>
-      <c r="J43" s="19" t="s">
+      <c r="J43" s="23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="44" spans="2:10" ht="21" customHeight="1">
       <c r="B44" s="6">
         <f t="shared" si="2"/>
         <v>33</v>
       </c>
-      <c r="C44" s="7" t="s">
+      <c r="C44" s="12" t="s">
         <v>79</v>
       </c>
-      <c r="D44" s="13" t="s">
+      <c r="D44" s="15" t="s">
         <v>105</v>
       </c>
-      <c r="E44" s="7" t="s">
+      <c r="E44" s="12" t="s">
         <v>79</v>
       </c>
-      <c r="F44" s="30"/>
-[...3 lines deleted...]
-      <c r="H44" s="6" t="s">
+      <c r="F44" s="34"/>
+      <c r="G44" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H44" s="13" t="s">
         <v>93</v>
       </c>
-      <c r="I44" s="11">
+      <c r="I44" s="16">
         <v>44901</v>
       </c>
-      <c r="J44" s="19" t="s">
+      <c r="J44" s="23" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="45" spans="2:10" ht="21" customHeight="1">
       <c r="B45" s="6">
         <f t="shared" si="2"/>
         <v>34</v>
       </c>
-      <c r="C45" s="7" t="s">
+      <c r="C45" s="12" t="s">
         <v>107</v>
       </c>
-      <c r="D45" s="13" t="s">
+      <c r="D45" s="15" t="s">
         <v>109</v>
       </c>
-      <c r="E45" s="7" t="s">
+      <c r="E45" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="F45" s="30"/>
-[...3 lines deleted...]
-      <c r="H45" s="6" t="s">
+      <c r="F45" s="34"/>
+      <c r="G45" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H45" s="13" t="s">
         <v>119</v>
       </c>
-      <c r="I45" s="11">
+      <c r="I45" s="16">
         <v>44986</v>
       </c>
-      <c r="J45" s="23" t="s">
+      <c r="J45" s="27" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="46" spans="2:10" ht="21" customHeight="1">
       <c r="B46" s="6">
         <f t="shared" si="2"/>
         <v>35</v>
       </c>
-      <c r="C46" s="7" t="s">
+      <c r="C46" s="12" t="s">
         <v>110</v>
       </c>
-      <c r="D46" s="13" t="s">
+      <c r="D46" s="15" t="s">
         <v>111</v>
       </c>
-      <c r="E46" s="7" t="s">
+      <c r="E46" s="12" t="s">
         <v>112</v>
       </c>
-      <c r="F46" s="30"/>
-[...3 lines deleted...]
-      <c r="H46" s="6" t="s">
+      <c r="F46" s="34"/>
+      <c r="G46" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H46" s="13" t="s">
         <v>119</v>
       </c>
-      <c r="I46" s="11">
+      <c r="I46" s="16">
         <v>44987</v>
       </c>
-      <c r="J46" s="23" t="s">
+      <c r="J46" s="27" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="47" spans="2:10" ht="21" customHeight="1">
       <c r="B47" s="6">
         <f t="shared" si="2"/>
         <v>36</v>
       </c>
-      <c r="C47" s="14" t="s">
+      <c r="C47" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="D47" s="13" t="s">
+      <c r="D47" s="15" t="s">
         <v>115</v>
       </c>
-      <c r="E47" s="14" t="s">
+      <c r="E47" s="17" t="s">
         <v>114</v>
       </c>
-      <c r="F47" s="30"/>
-[...3 lines deleted...]
-      <c r="H47" s="6" t="s">
+      <c r="F47" s="34"/>
+      <c r="G47" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H47" s="13" t="s">
         <v>119</v>
       </c>
-      <c r="I47" s="11">
+      <c r="I47" s="16">
         <v>44991</v>
       </c>
-      <c r="J47" s="23" t="s">
+      <c r="J47" s="27" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="48" spans="2:10" ht="21" customHeight="1">
       <c r="B48" s="6">
         <f t="shared" si="2"/>
         <v>37</v>
       </c>
-      <c r="C48" s="14" t="s">
+      <c r="C48" s="17" t="s">
         <v>120</v>
       </c>
-      <c r="D48" s="13" t="s">
+      <c r="D48" s="15" t="s">
         <v>127</v>
       </c>
-      <c r="E48" s="15" t="s">
+      <c r="E48" s="18" t="s">
         <v>121</v>
       </c>
-      <c r="F48" s="30"/>
-[...3 lines deleted...]
-      <c r="H48" s="6" t="s">
+      <c r="F48" s="34"/>
+      <c r="G48" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H48" s="13" t="s">
         <v>119</v>
       </c>
-      <c r="I48" s="11">
+      <c r="I48" s="16">
         <v>44999</v>
       </c>
-      <c r="J48" s="23" t="s">
+      <c r="J48" s="27" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="49" spans="2:10" ht="21" customHeight="1">
       <c r="B49" s="6">
         <f t="shared" si="2"/>
         <v>38</v>
       </c>
-      <c r="C49" s="16" t="s">
+      <c r="C49" s="19" t="s">
         <v>107</v>
       </c>
-      <c r="D49" s="13" t="s">
+      <c r="D49" s="15" t="s">
         <v>128</v>
       </c>
-      <c r="E49" s="16" t="s">
+      <c r="E49" s="19" t="s">
         <v>122</v>
       </c>
-      <c r="F49" s="30"/>
-[...3 lines deleted...]
-      <c r="H49" s="6" t="s">
+      <c r="F49" s="34"/>
+      <c r="G49" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H49" s="13" t="s">
         <v>119</v>
       </c>
-      <c r="I49" s="11">
+      <c r="I49" s="16">
         <v>45005</v>
       </c>
-      <c r="J49" s="24" t="s">
+      <c r="J49" s="28" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="50" spans="2:10" ht="22.5">
       <c r="B50" s="6">
         <f t="shared" si="2"/>
         <v>39</v>
       </c>
-      <c r="C50" s="7" t="s">
+      <c r="C50" s="12" t="s">
         <v>110</v>
       </c>
-      <c r="D50" s="13" t="s">
+      <c r="D50" s="15" t="s">
         <v>129</v>
       </c>
-      <c r="E50" s="7" t="s">
+      <c r="E50" s="12" t="s">
         <v>110</v>
       </c>
-      <c r="F50" s="30"/>
-[...3 lines deleted...]
-      <c r="H50" s="17" t="s">
+      <c r="F50" s="34"/>
+      <c r="G50" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H50" s="20" t="s">
         <v>123</v>
       </c>
-      <c r="I50" s="11">
+      <c r="I50" s="16">
         <v>45012</v>
       </c>
-      <c r="J50" s="23" t="s">
+      <c r="J50" s="27" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="51" spans="2:10">
       <c r="B51" s="6">
         <f t="shared" si="2"/>
         <v>40</v>
       </c>
-      <c r="C51" s="7" t="s">
+      <c r="C51" s="12" t="s">
         <v>107</v>
       </c>
-      <c r="D51" s="13" t="s">
+      <c r="D51" s="15" t="s">
         <v>130</v>
       </c>
-      <c r="E51" s="7" t="s">
+      <c r="E51" s="12" t="s">
         <v>124</v>
       </c>
-      <c r="F51" s="30"/>
-[...3 lines deleted...]
-      <c r="H51" s="17" t="s">
+      <c r="F51" s="34"/>
+      <c r="G51" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H51" s="20" t="s">
         <v>119</v>
       </c>
-      <c r="I51" s="11">
+      <c r="I51" s="16">
         <v>45016</v>
       </c>
-      <c r="J51" s="24" t="s">
+      <c r="J51" s="28" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="52" spans="2:10" ht="22.5">
       <c r="B52" s="6">
         <f t="shared" si="2"/>
         <v>41</v>
       </c>
-      <c r="C52" s="14" t="s">
+      <c r="C52" s="17" t="s">
         <v>107</v>
       </c>
-      <c r="D52" s="13" t="s">
+      <c r="D52" s="15" t="s">
         <v>131</v>
       </c>
-      <c r="E52" s="14" t="s">
+      <c r="E52" s="17" t="s">
         <v>125</v>
       </c>
-      <c r="F52" s="30"/>
-[...3 lines deleted...]
-      <c r="H52" s="17" t="s">
+      <c r="F52" s="34"/>
+      <c r="G52" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H52" s="20" t="s">
         <v>123</v>
       </c>
-      <c r="I52" s="11">
+      <c r="I52" s="16">
         <v>45016</v>
       </c>
-      <c r="J52" s="24" t="s">
+      <c r="J52" s="28" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="53" spans="2:10" ht="22.5">
       <c r="B53" s="6">
         <f t="shared" si="2"/>
         <v>42</v>
       </c>
-      <c r="C53" s="14" t="s">
+      <c r="C53" s="17" t="s">
         <v>107</v>
       </c>
-      <c r="D53" s="13" t="s">
+      <c r="D53" s="15" t="s">
         <v>132</v>
       </c>
-      <c r="E53" s="14" t="s">
+      <c r="E53" s="17" t="s">
         <v>126</v>
       </c>
-      <c r="F53" s="30"/>
-[...3 lines deleted...]
-      <c r="H53" s="17" t="s">
+      <c r="F53" s="34"/>
+      <c r="G53" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H53" s="20" t="s">
         <v>123</v>
       </c>
-      <c r="I53" s="11">
+      <c r="I53" s="16">
         <v>45016</v>
       </c>
-      <c r="J53" s="24" t="s">
+      <c r="J53" s="28" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="54" spans="2:10" ht="22.5">
       <c r="B54" s="6">
         <f t="shared" si="2"/>
         <v>43</v>
       </c>
-      <c r="C54" s="7" t="s">
+      <c r="C54" s="12" t="s">
         <v>120</v>
       </c>
-      <c r="D54" s="13" t="s">
+      <c r="D54" s="15" t="s">
         <v>133</v>
       </c>
-      <c r="E54" s="7" t="s">
+      <c r="E54" s="12" t="s">
         <v>120</v>
       </c>
-      <c r="F54" s="30"/>
-[...3 lines deleted...]
-      <c r="H54" s="17" t="s">
+      <c r="F54" s="34"/>
+      <c r="G54" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H54" s="20" t="s">
         <v>123</v>
       </c>
-      <c r="I54" s="11">
+      <c r="I54" s="16">
         <v>45016</v>
       </c>
-      <c r="J54" s="24" t="s">
+      <c r="J54" s="28" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="55" spans="2:10">
-      <c r="B55" s="33">
+      <c r="B55" s="40">
         <f t="shared" si="2"/>
         <v>44</v>
       </c>
-      <c r="C55" s="36" t="s">
+      <c r="C55" s="42" t="s">
         <v>140</v>
       </c>
-      <c r="D55" s="39" t="s">
+      <c r="D55" s="45" t="s">
         <v>141</v>
       </c>
-      <c r="E55" s="36" t="s">
+      <c r="E55" s="42" t="s">
         <v>140</v>
       </c>
-      <c r="F55" s="30"/>
-[...3 lines deleted...]
-      <c r="H55" s="17" t="s">
+      <c r="F55" s="34"/>
+      <c r="G55" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H55" s="20" t="s">
         <v>143</v>
       </c>
-      <c r="I55" s="11">
+      <c r="I55" s="16">
         <v>45078</v>
       </c>
-      <c r="J55" s="24" t="s">
+      <c r="J55" s="28" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="56" spans="2:10" ht="22.5">
-      <c r="B56" s="35"/>
-[...3 lines deleted...]
-      <c r="F56" s="7" t="s">
+      <c r="B56" s="41"/>
+      <c r="C56" s="43"/>
+      <c r="D56" s="46"/>
+      <c r="E56" s="43"/>
+      <c r="F56" s="12" t="s">
         <v>331</v>
       </c>
-      <c r="G56" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H56" s="17" t="s">
+      <c r="G56" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H56" s="20" t="s">
         <v>334</v>
       </c>
-      <c r="I56" s="11">
+      <c r="I56" s="16">
         <v>45842</v>
       </c>
-      <c r="J56" s="42" t="s">
+      <c r="J56" s="48" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="57" spans="2:10">
-      <c r="B57" s="35"/>
-[...3 lines deleted...]
-      <c r="F57" s="7" t="s">
+      <c r="B57" s="41"/>
+      <c r="C57" s="43"/>
+      <c r="D57" s="46"/>
+      <c r="E57" s="43"/>
+      <c r="F57" s="12" t="s">
         <v>332</v>
       </c>
-      <c r="G57" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H57" s="17" t="s">
+      <c r="G57" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H57" s="20" t="s">
         <v>334</v>
       </c>
-      <c r="I57" s="11">
+      <c r="I57" s="16">
         <v>45842</v>
       </c>
-      <c r="J57" s="43"/>
+      <c r="J57" s="49"/>
     </row>
     <row r="58" spans="2:10">
-      <c r="B58" s="34"/>
-[...3 lines deleted...]
-      <c r="F58" s="7" t="s">
+      <c r="B58" s="39"/>
+      <c r="C58" s="44"/>
+      <c r="D58" s="47"/>
+      <c r="E58" s="44"/>
+      <c r="F58" s="12" t="s">
         <v>333</v>
       </c>
-      <c r="G58" s="6" t="s">
-[...2 lines deleted...]
-      <c r="H58" s="17" t="s">
+      <c r="G58" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H58" s="20" t="s">
         <v>334</v>
       </c>
-      <c r="I58" s="11">
+      <c r="I58" s="16">
         <v>45842</v>
       </c>
-      <c r="J58" s="44"/>
+      <c r="J58" s="50"/>
     </row>
     <row r="59" spans="2:10">
       <c r="B59" s="6">
         <f>B55+1</f>
         <v>45</v>
       </c>
       <c r="C59" s="7" t="s">
         <v>140</v>
       </c>
-      <c r="D59" s="13" t="s">
+      <c r="D59" s="15" t="s">
         <v>157</v>
       </c>
       <c r="E59" s="7" t="s">
         <v>144</v>
       </c>
-      <c r="F59" s="30"/>
-[...3 lines deleted...]
-      <c r="H59" s="17" t="s">
+      <c r="F59" s="34"/>
+      <c r="G59" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H59" s="20" t="s">
         <v>143</v>
       </c>
       <c r="I59" s="11">
         <v>45098</v>
       </c>
-      <c r="J59" s="24" t="s">
+      <c r="J59" s="28" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="60" spans="2:10">
       <c r="B60" s="6">
         <f t="shared" si="2"/>
         <v>46</v>
       </c>
       <c r="C60" s="7" t="s">
         <v>140</v>
       </c>
-      <c r="D60" s="13" t="s">
+      <c r="D60" s="15" t="s">
         <v>158</v>
       </c>
       <c r="E60" s="7" t="s">
         <v>145</v>
       </c>
-      <c r="F60" s="30"/>
-[...3 lines deleted...]
-      <c r="H60" s="17" t="s">
+      <c r="F60" s="34"/>
+      <c r="G60" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H60" s="20" t="s">
         <v>143</v>
       </c>
       <c r="I60" s="11">
         <v>45098</v>
       </c>
-      <c r="J60" s="24" t="s">
+      <c r="J60" s="28" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="61" spans="2:10">
       <c r="B61" s="6">
         <f t="shared" si="2"/>
         <v>47</v>
       </c>
-      <c r="C61" s="18" t="s">
+      <c r="C61" s="21" t="s">
         <v>50</v>
       </c>
-      <c r="D61" s="13" t="s">
+      <c r="D61" s="15" t="s">
         <v>159</v>
       </c>
-      <c r="E61" s="18" t="s">
+      <c r="E61" s="21" t="s">
         <v>146</v>
       </c>
-      <c r="F61" s="30"/>
-[...3 lines deleted...]
-      <c r="H61" s="17" t="s">
+      <c r="F61" s="34"/>
+      <c r="G61" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H61" s="20" t="s">
         <v>143</v>
       </c>
       <c r="I61" s="11">
         <v>45100</v>
       </c>
-      <c r="J61" s="24" t="s">
+      <c r="J61" s="28" t="s">
         <v>169</v>
       </c>
     </row>
     <row r="62" spans="2:10">
       <c r="B62" s="6">
         <f t="shared" si="2"/>
         <v>48</v>
       </c>
-      <c r="C62" s="18" t="s">
+      <c r="C62" s="21" t="s">
         <v>140</v>
       </c>
-      <c r="D62" s="13" t="s">
+      <c r="D62" s="15" t="s">
         <v>160</v>
       </c>
-      <c r="E62" s="18" t="s">
+      <c r="E62" s="21" t="s">
         <v>153</v>
       </c>
-      <c r="F62" s="30"/>
-[...3 lines deleted...]
-      <c r="H62" s="17" t="s">
+      <c r="F62" s="34"/>
+      <c r="G62" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H62" s="20" t="s">
         <v>143</v>
       </c>
       <c r="I62" s="11">
         <v>45100</v>
       </c>
-      <c r="J62" s="24" t="s">
+      <c r="J62" s="28" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="63" spans="2:10">
       <c r="B63" s="6">
         <f t="shared" si="2"/>
         <v>49</v>
       </c>
-      <c r="C63" s="18" t="s">
+      <c r="C63" s="21" t="s">
         <v>147</v>
       </c>
-      <c r="D63" s="13" t="s">
+      <c r="D63" s="15" t="s">
         <v>161</v>
       </c>
-      <c r="E63" s="18" t="s">
+      <c r="E63" s="21" t="s">
         <v>208</v>
       </c>
-      <c r="F63" s="30"/>
-[...3 lines deleted...]
-      <c r="H63" s="17" t="s">
+      <c r="F63" s="34"/>
+      <c r="G63" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H63" s="20" t="s">
         <v>143</v>
       </c>
       <c r="I63" s="11">
         <v>45104</v>
       </c>
-      <c r="J63" s="24" t="s">
+      <c r="J63" s="28" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="64" spans="2:10">
       <c r="B64" s="6">
         <f t="shared" si="2"/>
         <v>50</v>
       </c>
-      <c r="C64" s="18" t="s">
+      <c r="C64" s="21" t="s">
         <v>148</v>
       </c>
-      <c r="D64" s="13" t="s">
+      <c r="D64" s="15" t="s">
         <v>162</v>
       </c>
-      <c r="E64" s="18" t="s">
+      <c r="E64" s="21" t="s">
         <v>154</v>
       </c>
-      <c r="F64" s="30"/>
-[...3 lines deleted...]
-      <c r="H64" s="17" t="s">
+      <c r="F64" s="34"/>
+      <c r="G64" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H64" s="20" t="s">
         <v>143</v>
       </c>
       <c r="I64" s="11">
         <v>45110</v>
       </c>
-      <c r="J64" s="24" t="s">
+      <c r="J64" s="28" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="65" spans="2:10">
       <c r="B65" s="6">
         <f t="shared" si="2"/>
         <v>51</v>
       </c>
-      <c r="C65" s="18" t="s">
+      <c r="C65" s="21" t="s">
         <v>149</v>
       </c>
-      <c r="D65" s="13" t="s">
+      <c r="D65" s="15" t="s">
         <v>163</v>
       </c>
-      <c r="E65" s="18" t="s">
+      <c r="E65" s="21" t="s">
         <v>155</v>
       </c>
-      <c r="F65" s="30"/>
-[...3 lines deleted...]
-      <c r="H65" s="17" t="s">
+      <c r="F65" s="34"/>
+      <c r="G65" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H65" s="20" t="s">
         <v>143</v>
       </c>
       <c r="I65" s="11">
         <v>45110</v>
       </c>
-      <c r="J65" s="24" t="s">
+      <c r="J65" s="28" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="66" spans="2:10">
       <c r="B66" s="6">
         <f t="shared" si="2"/>
         <v>52</v>
       </c>
-      <c r="C66" s="18" t="s">
+      <c r="C66" s="21" t="s">
         <v>149</v>
       </c>
-      <c r="D66" s="13" t="s">
+      <c r="D66" s="15" t="s">
         <v>164</v>
       </c>
-      <c r="E66" s="18" t="s">
+      <c r="E66" s="21" t="s">
         <v>150</v>
       </c>
-      <c r="F66" s="30"/>
-[...3 lines deleted...]
-      <c r="H66" s="17" t="s">
+      <c r="F66" s="34"/>
+      <c r="G66" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H66" s="20" t="s">
         <v>143</v>
       </c>
       <c r="I66" s="11">
         <v>45111</v>
       </c>
-      <c r="J66" s="24" t="s">
+      <c r="J66" s="28" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="67" spans="2:10">
       <c r="B67" s="6">
         <f t="shared" si="2"/>
         <v>53</v>
       </c>
-      <c r="C67" s="18" t="s">
+      <c r="C67" s="21" t="s">
         <v>149</v>
       </c>
-      <c r="D67" s="13" t="s">
+      <c r="D67" s="15" t="s">
         <v>165</v>
       </c>
-      <c r="E67" s="18" t="s">
+      <c r="E67" s="21" t="s">
         <v>151</v>
       </c>
-      <c r="F67" s="30"/>
-[...3 lines deleted...]
-      <c r="H67" s="17" t="s">
+      <c r="F67" s="34"/>
+      <c r="G67" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H67" s="20" t="s">
         <v>143</v>
       </c>
       <c r="I67" s="11">
         <v>45112</v>
       </c>
-      <c r="J67" s="24" t="s">
+      <c r="J67" s="28" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="68" spans="2:10">
       <c r="B68" s="6">
         <f t="shared" si="2"/>
         <v>54</v>
       </c>
-      <c r="C68" s="18" t="s">
+      <c r="C68" s="21" t="s">
         <v>149</v>
       </c>
-      <c r="D68" s="13" t="s">
+      <c r="D68" s="15" t="s">
         <v>166</v>
       </c>
-      <c r="E68" s="18" t="s">
+      <c r="E68" s="21" t="s">
         <v>156</v>
       </c>
-      <c r="F68" s="30"/>
-[...3 lines deleted...]
-      <c r="H68" s="17" t="s">
+      <c r="F68" s="34"/>
+      <c r="G68" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H68" s="20" t="s">
         <v>143</v>
       </c>
       <c r="I68" s="11">
         <v>45112</v>
       </c>
-      <c r="J68" s="24" t="s">
+      <c r="J68" s="28" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="69" spans="2:10">
       <c r="B69" s="6">
         <f t="shared" si="2"/>
         <v>55</v>
       </c>
-      <c r="C69" s="18" t="s">
+      <c r="C69" s="21" t="s">
         <v>147</v>
       </c>
-      <c r="D69" s="13" t="s">
+      <c r="D69" s="15" t="s">
         <v>167</v>
       </c>
-      <c r="E69" s="18" t="s">
+      <c r="E69" s="21" t="s">
         <v>152</v>
       </c>
-      <c r="F69" s="30"/>
-[...3 lines deleted...]
-      <c r="H69" s="17" t="s">
+      <c r="F69" s="34"/>
+      <c r="G69" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H69" s="20" t="s">
         <v>143</v>
       </c>
       <c r="I69" s="11">
         <v>45114</v>
       </c>
-      <c r="J69" s="24" t="s">
+      <c r="J69" s="28" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="70" spans="2:10">
       <c r="B70" s="6">
         <f t="shared" si="2"/>
         <v>56</v>
       </c>
-      <c r="C70" s="14" t="s">
+      <c r="C70" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="D70" s="13" t="s">
+      <c r="D70" s="15" t="s">
         <v>180</v>
       </c>
-      <c r="E70" s="14" t="s">
+      <c r="E70" s="17" t="s">
         <v>175</v>
       </c>
-      <c r="F70" s="30"/>
-[...3 lines deleted...]
-      <c r="H70" s="17" t="s">
+      <c r="F70" s="34"/>
+      <c r="G70" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H70" s="20" t="s">
         <v>185</v>
       </c>
-      <c r="I70" s="11">
+      <c r="I70" s="16">
         <v>45197</v>
       </c>
-      <c r="J70" s="24" t="s">
+      <c r="J70" s="28" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="71" spans="2:10">
       <c r="B71" s="6">
         <f t="shared" si="2"/>
         <v>57</v>
       </c>
-      <c r="C71" s="14" t="s">
+      <c r="C71" s="17" t="s">
         <v>87</v>
       </c>
-      <c r="D71" s="13" t="s">
+      <c r="D71" s="15" t="s">
         <v>181</v>
       </c>
-      <c r="E71" s="14" t="s">
+      <c r="E71" s="17" t="s">
         <v>176</v>
       </c>
-      <c r="F71" s="30"/>
-[...3 lines deleted...]
-      <c r="H71" s="17" t="s">
+      <c r="F71" s="34"/>
+      <c r="G71" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H71" s="20" t="s">
         <v>185</v>
       </c>
-      <c r="I71" s="11">
+      <c r="I71" s="16">
         <v>45198</v>
       </c>
-      <c r="J71" s="24" t="s">
+      <c r="J71" s="28" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="72" spans="2:10">
       <c r="B72" s="6">
         <f t="shared" si="2"/>
         <v>58</v>
       </c>
-      <c r="C72" s="14" t="s">
+      <c r="C72" s="17" t="s">
         <v>87</v>
       </c>
-      <c r="D72" s="13" t="s">
+      <c r="D72" s="15" t="s">
         <v>182</v>
       </c>
-      <c r="E72" s="14" t="s">
+      <c r="E72" s="17" t="s">
         <v>177</v>
       </c>
-      <c r="F72" s="30"/>
-[...3 lines deleted...]
-      <c r="H72" s="17" t="s">
+      <c r="F72" s="34"/>
+      <c r="G72" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H72" s="20" t="s">
         <v>185</v>
       </c>
-      <c r="I72" s="11">
+      <c r="I72" s="16">
         <v>45198</v>
       </c>
-      <c r="J72" s="24" t="s">
+      <c r="J72" s="28" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="73" spans="2:10">
       <c r="B73" s="6">
         <f t="shared" si="2"/>
         <v>59</v>
       </c>
-      <c r="C73" s="14" t="s">
+      <c r="C73" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="D73" s="13" t="s">
+      <c r="D73" s="15" t="s">
         <v>183</v>
       </c>
-      <c r="E73" s="14" t="s">
+      <c r="E73" s="17" t="s">
         <v>179</v>
       </c>
-      <c r="F73" s="30"/>
-[...3 lines deleted...]
-      <c r="H73" s="17" t="s">
+      <c r="F73" s="34"/>
+      <c r="G73" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H73" s="20" t="s">
         <v>185</v>
       </c>
-      <c r="I73" s="11">
+      <c r="I73" s="16">
         <v>45198</v>
       </c>
-      <c r="J73" s="24" t="s">
+      <c r="J73" s="28" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="74" spans="2:10">
       <c r="B74" s="6">
         <f t="shared" si="2"/>
         <v>60</v>
       </c>
-      <c r="C74" s="14" t="s">
+      <c r="C74" s="17" t="s">
         <v>87</v>
       </c>
-      <c r="D74" s="13" t="s">
+      <c r="D74" s="15" t="s">
         <v>184</v>
       </c>
-      <c r="E74" s="14" t="s">
+      <c r="E74" s="17" t="s">
         <v>178</v>
       </c>
-      <c r="F74" s="30"/>
-[...3 lines deleted...]
-      <c r="H74" s="17" t="s">
+      <c r="F74" s="34"/>
+      <c r="G74" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H74" s="20" t="s">
         <v>185</v>
       </c>
-      <c r="I74" s="11">
+      <c r="I74" s="16">
         <v>45205</v>
       </c>
-      <c r="J74" s="24" t="s">
+      <c r="J74" s="28" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="75" spans="2:10">
       <c r="B75" s="6">
         <f t="shared" si="2"/>
         <v>61</v>
       </c>
-      <c r="C75" s="14" t="s">
+      <c r="C75" s="17" t="s">
         <v>190</v>
       </c>
-      <c r="D75" s="13" t="s">
+      <c r="D75" s="15" t="s">
         <v>196</v>
       </c>
-      <c r="E75" s="14" t="s">
+      <c r="E75" s="17" t="s">
         <v>201</v>
       </c>
-      <c r="F75" s="30"/>
-[...3 lines deleted...]
-      <c r="H75" s="17" t="s">
+      <c r="F75" s="34"/>
+      <c r="G75" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H75" s="20" t="s">
         <v>185</v>
       </c>
-      <c r="I75" s="11">
+      <c r="I75" s="16">
         <v>45226</v>
       </c>
-      <c r="J75" s="24" t="s">
+      <c r="J75" s="28" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="76" spans="2:10">
       <c r="B76" s="6">
         <f t="shared" si="2"/>
         <v>62</v>
       </c>
-      <c r="C76" s="14" t="s">
+      <c r="C76" s="17" t="s">
         <v>190</v>
       </c>
-      <c r="D76" s="13" t="s">
+      <c r="D76" s="15" t="s">
         <v>197</v>
       </c>
-      <c r="E76" s="14" t="s">
+      <c r="E76" s="17" t="s">
         <v>191</v>
       </c>
-      <c r="F76" s="30"/>
-[...3 lines deleted...]
-      <c r="H76" s="17" t="s">
+      <c r="F76" s="34"/>
+      <c r="G76" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H76" s="20" t="s">
         <v>185</v>
       </c>
-      <c r="I76" s="11">
+      <c r="I76" s="16">
         <v>45226</v>
       </c>
-      <c r="J76" s="24" t="s">
+      <c r="J76" s="28" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="77" spans="2:10">
       <c r="B77" s="6">
         <f t="shared" si="2"/>
         <v>63</v>
       </c>
-      <c r="C77" s="14" t="s">
+      <c r="C77" s="17" t="s">
         <v>87</v>
       </c>
-      <c r="D77" s="13" t="s">
+      <c r="D77" s="15" t="s">
         <v>198</v>
       </c>
-      <c r="E77" s="14" t="s">
+      <c r="E77" s="17" t="s">
         <v>192</v>
       </c>
-      <c r="F77" s="30"/>
-[...3 lines deleted...]
-      <c r="H77" s="17" t="s">
+      <c r="F77" s="34"/>
+      <c r="G77" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H77" s="20" t="s">
         <v>202</v>
       </c>
-      <c r="I77" s="11">
+      <c r="I77" s="16">
         <v>45226</v>
       </c>
-      <c r="J77" s="24" t="s">
+      <c r="J77" s="28" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="78" spans="2:10">
       <c r="B78" s="6">
         <f t="shared" si="2"/>
         <v>64</v>
       </c>
-      <c r="C78" s="14" t="s">
+      <c r="C78" s="17" t="s">
         <v>193</v>
       </c>
-      <c r="D78" s="13" t="s">
+      <c r="D78" s="15" t="s">
         <v>199</v>
       </c>
-      <c r="E78" s="14" t="s">
+      <c r="E78" s="17" t="s">
         <v>194</v>
       </c>
-      <c r="F78" s="30"/>
-[...3 lines deleted...]
-      <c r="H78" s="17" t="s">
+      <c r="F78" s="34"/>
+      <c r="G78" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H78" s="20" t="s">
         <v>202</v>
       </c>
-      <c r="I78" s="11">
+      <c r="I78" s="16">
         <v>45229</v>
       </c>
-      <c r="J78" s="24" t="s">
+      <c r="J78" s="28" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="79" spans="2:10">
       <c r="B79" s="6">
         <f t="shared" si="2"/>
         <v>65</v>
       </c>
-      <c r="C79" s="14" t="s">
+      <c r="C79" s="17" t="s">
         <v>193</v>
       </c>
-      <c r="D79" s="13" t="s">
+      <c r="D79" s="15" t="s">
         <v>200</v>
       </c>
-      <c r="E79" s="14" t="s">
+      <c r="E79" s="17" t="s">
         <v>195</v>
       </c>
-      <c r="F79" s="30"/>
-[...3 lines deleted...]
-      <c r="H79" s="17" t="s">
+      <c r="F79" s="34"/>
+      <c r="G79" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H79" s="20" t="s">
         <v>185</v>
       </c>
-      <c r="I79" s="11">
+      <c r="I79" s="16">
         <v>45233</v>
       </c>
-      <c r="J79" s="24" t="s">
+      <c r="J79" s="28" t="s">
         <v>207</v>
       </c>
     </row>
     <row r="80" spans="2:10">
       <c r="B80" s="6">
         <f t="shared" si="2"/>
         <v>66</v>
       </c>
-      <c r="C80" s="14" t="s">
+      <c r="C80" s="17" t="s">
         <v>209</v>
       </c>
-      <c r="D80" s="13" t="s">
+      <c r="D80" s="15" t="s">
         <v>212</v>
       </c>
-      <c r="E80" s="14" t="s">
+      <c r="E80" s="17" t="s">
         <v>210</v>
       </c>
-      <c r="F80" s="30"/>
-[...3 lines deleted...]
-      <c r="H80" s="17" t="s">
+      <c r="F80" s="34"/>
+      <c r="G80" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H80" s="20" t="s">
         <v>202</v>
       </c>
-      <c r="I80" s="11">
+      <c r="I80" s="16">
         <v>45245</v>
       </c>
-      <c r="J80" s="24" t="s">
+      <c r="J80" s="28" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="81" spans="2:10">
       <c r="B81" s="6">
         <f t="shared" si="2"/>
         <v>67</v>
       </c>
-      <c r="C81" s="14" t="s">
+      <c r="C81" s="17" t="s">
         <v>213</v>
       </c>
-      <c r="D81" s="13" t="s">
+      <c r="D81" s="15" t="s">
         <v>241</v>
       </c>
-      <c r="E81" s="14" t="s">
+      <c r="E81" s="17" t="s">
         <v>214</v>
       </c>
-      <c r="F81" s="30"/>
-[...3 lines deleted...]
-      <c r="H81" s="17" t="s">
+      <c r="F81" s="34"/>
+      <c r="G81" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H81" s="20" t="s">
         <v>215</v>
       </c>
-      <c r="I81" s="11">
+      <c r="I81" s="16">
         <v>45251</v>
       </c>
-      <c r="J81" s="24" t="s">
+      <c r="J81" s="28" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="82" spans="2:10" ht="22.5">
       <c r="B82" s="6">
         <f t="shared" si="2"/>
         <v>68</v>
       </c>
-      <c r="C82" s="14" t="s">
+      <c r="C82" s="17" t="s">
         <v>213</v>
       </c>
-      <c r="D82" s="13" t="s">
+      <c r="D82" s="15" t="s">
         <v>242</v>
       </c>
-      <c r="E82" s="14" t="s">
+      <c r="E82" s="17" t="s">
         <v>216</v>
       </c>
-      <c r="F82" s="30"/>
-[...3 lines deleted...]
-      <c r="H82" s="17" t="s">
+      <c r="F82" s="34"/>
+      <c r="G82" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H82" s="20" t="s">
         <v>217</v>
       </c>
-      <c r="I82" s="11">
+      <c r="I82" s="16">
         <v>45252</v>
       </c>
-      <c r="J82" s="25" t="s">
+      <c r="J82" s="29" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="83" spans="2:10">
       <c r="B83" s="6">
         <f t="shared" si="2"/>
         <v>69</v>
       </c>
-      <c r="C83" s="14" t="s">
+      <c r="C83" s="17" t="s">
         <v>190</v>
       </c>
-      <c r="D83" s="13" t="s">
+      <c r="D83" s="15" t="s">
         <v>243</v>
       </c>
-      <c r="E83" s="14" t="s">
+      <c r="E83" s="17" t="s">
         <v>218</v>
       </c>
-      <c r="F83" s="30"/>
-[...3 lines deleted...]
-      <c r="H83" s="17" t="s">
+      <c r="F83" s="34"/>
+      <c r="G83" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H83" s="20" t="s">
         <v>202</v>
       </c>
-      <c r="I83" s="11">
+      <c r="I83" s="16">
         <v>45257</v>
       </c>
-      <c r="J83" s="25" t="s">
+      <c r="J83" s="29" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="84" spans="2:10">
       <c r="B84" s="6">
         <f t="shared" si="2"/>
         <v>70</v>
       </c>
-      <c r="C84" s="14" t="s">
+      <c r="C84" s="17" t="s">
         <v>190</v>
       </c>
-      <c r="D84" s="13" t="s">
+      <c r="D84" s="15" t="s">
         <v>244</v>
       </c>
-      <c r="E84" s="14" t="s">
+      <c r="E84" s="17" t="s">
         <v>219</v>
       </c>
-      <c r="F84" s="30"/>
-[...3 lines deleted...]
-      <c r="H84" s="17" t="s">
+      <c r="F84" s="34"/>
+      <c r="G84" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H84" s="20" t="s">
         <v>202</v>
       </c>
-      <c r="I84" s="11">
+      <c r="I84" s="16">
         <v>45260</v>
       </c>
-      <c r="J84" s="25" t="s">
+      <c r="J84" s="29" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="85" spans="2:10">
       <c r="B85" s="6">
         <f t="shared" si="2"/>
         <v>71</v>
       </c>
-      <c r="C85" s="14" t="s">
+      <c r="C85" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="D85" s="13" t="s">
+      <c r="D85" s="15" t="s">
         <v>245</v>
       </c>
-      <c r="E85" s="14" t="s">
+      <c r="E85" s="17" t="s">
         <v>220</v>
       </c>
-      <c r="F85" s="30"/>
-[...3 lines deleted...]
-      <c r="H85" s="17" t="s">
+      <c r="F85" s="34"/>
+      <c r="G85" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H85" s="20" t="s">
         <v>202</v>
       </c>
-      <c r="I85" s="11">
+      <c r="I85" s="16">
         <v>45260</v>
       </c>
-      <c r="J85" s="25" t="s">
+      <c r="J85" s="29" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="86" spans="2:10">
       <c r="B86" s="6">
         <f t="shared" si="2"/>
         <v>72</v>
       </c>
-      <c r="C86" s="14" t="s">
+      <c r="C86" s="17" t="s">
         <v>209</v>
       </c>
-      <c r="D86" s="13" t="s">
+      <c r="D86" s="15" t="s">
         <v>246</v>
       </c>
-      <c r="E86" s="14" t="s">
+      <c r="E86" s="17" t="s">
         <v>221</v>
       </c>
-      <c r="F86" s="30"/>
-[...3 lines deleted...]
-      <c r="H86" s="17" t="s">
+      <c r="F86" s="34"/>
+      <c r="G86" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H86" s="20" t="s">
         <v>202</v>
       </c>
-      <c r="I86" s="11">
+      <c r="I86" s="16">
         <v>45261</v>
       </c>
-      <c r="J86" s="25" t="s">
+      <c r="J86" s="29" t="s">
         <v>236</v>
       </c>
     </row>
     <row r="87" spans="2:10">
       <c r="B87" s="6">
         <f t="shared" si="2"/>
         <v>73</v>
       </c>
-      <c r="C87" s="14" t="s">
+      <c r="C87" s="17" t="s">
         <v>193</v>
       </c>
-      <c r="D87" s="13" t="s">
+      <c r="D87" s="15" t="s">
         <v>247</v>
       </c>
-      <c r="E87" s="14" t="s">
+      <c r="E87" s="17" t="s">
         <v>222</v>
       </c>
-      <c r="F87" s="30"/>
-[...3 lines deleted...]
-      <c r="H87" s="17" t="s">
+      <c r="F87" s="34"/>
+      <c r="G87" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H87" s="20" t="s">
         <v>215</v>
       </c>
-      <c r="I87" s="11">
+      <c r="I87" s="16">
         <v>45261</v>
       </c>
-      <c r="J87" s="25" t="s">
+      <c r="J87" s="29" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="88" spans="2:10">
       <c r="B88" s="6">
         <f t="shared" si="2"/>
         <v>74</v>
       </c>
-      <c r="C88" s="14" t="s">
+      <c r="C88" s="17" t="s">
         <v>87</v>
       </c>
-      <c r="D88" s="13" t="s">
+      <c r="D88" s="15" t="s">
         <v>248</v>
       </c>
-      <c r="E88" s="14" t="s">
+      <c r="E88" s="17" t="s">
         <v>223</v>
       </c>
-      <c r="F88" s="30"/>
-[...3 lines deleted...]
-      <c r="H88" s="17" t="s">
+      <c r="F88" s="34"/>
+      <c r="G88" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H88" s="20" t="s">
         <v>215</v>
       </c>
-      <c r="I88" s="11">
+      <c r="I88" s="16">
         <v>45267</v>
       </c>
-      <c r="J88" s="25" t="s">
+      <c r="J88" s="29" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="89" spans="2:10">
       <c r="B89" s="6">
         <f t="shared" si="2"/>
         <v>75</v>
       </c>
-      <c r="C89" s="14" t="s">
+      <c r="C89" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="D89" s="13" t="s">
+      <c r="D89" s="15" t="s">
         <v>249</v>
       </c>
-      <c r="E89" s="14" t="s">
+      <c r="E89" s="17" t="s">
         <v>224</v>
       </c>
-      <c r="F89" s="30"/>
-[...3 lines deleted...]
-      <c r="H89" s="17" t="s">
+      <c r="F89" s="34"/>
+      <c r="G89" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H89" s="20" t="s">
         <v>215</v>
       </c>
-      <c r="I89" s="11">
+      <c r="I89" s="16">
         <v>45274</v>
       </c>
-      <c r="J89" s="25" t="s">
+      <c r="J89" s="29" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="90" spans="2:10" ht="22.5">
       <c r="B90" s="6">
         <f t="shared" si="2"/>
         <v>76</v>
       </c>
-      <c r="C90" s="14" t="s">
+      <c r="C90" s="17" t="s">
         <v>87</v>
       </c>
-      <c r="D90" s="13" t="s">
+      <c r="D90" s="15" t="s">
         <v>250</v>
       </c>
-      <c r="E90" s="14" t="s">
+      <c r="E90" s="17" t="s">
         <v>225</v>
       </c>
-      <c r="F90" s="30"/>
-[...3 lines deleted...]
-      <c r="H90" s="17" t="s">
+      <c r="F90" s="34"/>
+      <c r="G90" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H90" s="20" t="s">
         <v>217</v>
       </c>
-      <c r="I90" s="11">
+      <c r="I90" s="16">
         <v>45274</v>
       </c>
-      <c r="J90" s="25" t="s">
+      <c r="J90" s="29" t="s">
         <v>239</v>
       </c>
     </row>
     <row r="91" spans="2:10">
       <c r="B91" s="6">
         <f t="shared" si="2"/>
         <v>77</v>
       </c>
-      <c r="C91" s="14" t="s">
+      <c r="C91" s="17" t="s">
         <v>226</v>
       </c>
-      <c r="D91" s="13" t="s">
+      <c r="D91" s="15" t="s">
         <v>251</v>
       </c>
-      <c r="E91" s="14" t="s">
+      <c r="E91" s="17" t="s">
         <v>227</v>
       </c>
-      <c r="F91" s="30"/>
-[...3 lines deleted...]
-      <c r="H91" s="17" t="s">
+      <c r="F91" s="34"/>
+      <c r="G91" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H91" s="20" t="s">
         <v>215</v>
       </c>
-      <c r="I91" s="11">
+      <c r="I91" s="16">
         <v>45274</v>
       </c>
-      <c r="J91" s="25" t="s">
+      <c r="J91" s="29" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="92" spans="2:10">
       <c r="B92" s="6">
         <f t="shared" si="2"/>
         <v>78</v>
       </c>
-      <c r="C92" s="14" t="s">
+      <c r="C92" s="17" t="s">
         <v>228</v>
       </c>
-      <c r="D92" s="13" t="s">
+      <c r="D92" s="15" t="s">
         <v>252</v>
       </c>
-      <c r="E92" s="14" t="s">
+      <c r="E92" s="17" t="s">
         <v>229</v>
       </c>
-      <c r="F92" s="30"/>
-[...3 lines deleted...]
-      <c r="H92" s="17" t="s">
+      <c r="F92" s="34"/>
+      <c r="G92" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H92" s="20" t="s">
         <v>215</v>
       </c>
-      <c r="I92" s="11">
+      <c r="I92" s="16">
         <v>45275</v>
       </c>
-      <c r="J92" s="25" t="s">
+      <c r="J92" s="29" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="93" spans="2:10" ht="22.5">
       <c r="B93" s="6">
         <f t="shared" si="2"/>
         <v>79</v>
       </c>
-      <c r="C93" s="14" t="s">
+      <c r="C93" s="17" t="s">
         <v>193</v>
       </c>
-      <c r="D93" s="13" t="s">
+      <c r="D93" s="15" t="s">
         <v>253</v>
       </c>
-      <c r="E93" s="14" t="s">
+      <c r="E93" s="17" t="s">
         <v>230</v>
       </c>
-      <c r="F93" s="30"/>
-[...3 lines deleted...]
-      <c r="H93" s="17" t="s">
+      <c r="F93" s="34"/>
+      <c r="G93" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H93" s="20" t="s">
         <v>217</v>
       </c>
-      <c r="I93" s="11">
+      <c r="I93" s="16">
         <v>45275</v>
       </c>
-      <c r="J93" s="25" t="s">
+      <c r="J93" s="29" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="94" spans="2:10">
       <c r="B94" s="6">
         <f t="shared" si="2"/>
         <v>80</v>
       </c>
-      <c r="C94" s="14" t="s">
+      <c r="C94" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="D94" s="13" t="s">
+      <c r="D94" s="15" t="s">
         <v>278</v>
       </c>
-      <c r="E94" s="14" t="s">
+      <c r="E94" s="17" t="s">
         <v>254</v>
       </c>
-      <c r="F94" s="30"/>
-[...3 lines deleted...]
-      <c r="H94" s="17" t="s">
+      <c r="F94" s="34"/>
+      <c r="G94" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H94" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I94" s="11">
+      <c r="I94" s="16">
         <v>45310</v>
       </c>
-      <c r="J94" s="25" t="s">
+      <c r="J94" s="29" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="95" spans="2:10">
       <c r="B95" s="6">
         <f t="shared" si="2"/>
         <v>81</v>
       </c>
-      <c r="C95" s="14" t="s">
+      <c r="C95" s="17" t="s">
         <v>193</v>
       </c>
-      <c r="D95" s="13" t="s">
+      <c r="D95" s="15" t="s">
         <v>279</v>
       </c>
-      <c r="E95" s="14" t="s">
+      <c r="E95" s="17" t="s">
         <v>257</v>
       </c>
-      <c r="F95" s="30"/>
-[...3 lines deleted...]
-      <c r="H95" s="17" t="s">
+      <c r="F95" s="34"/>
+      <c r="G95" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H95" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I95" s="11">
+      <c r="I95" s="16">
         <v>45317</v>
       </c>
-      <c r="J95" s="25" t="s">
+      <c r="J95" s="29" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="96" spans="2:10">
       <c r="B96" s="6">
         <f t="shared" si="2"/>
         <v>82</v>
       </c>
-      <c r="C96" s="14" t="s">
+      <c r="C96" s="17" t="s">
         <v>193</v>
       </c>
-      <c r="D96" s="13" t="s">
+      <c r="D96" s="15" t="s">
         <v>280</v>
       </c>
-      <c r="E96" s="14" t="s">
+      <c r="E96" s="17" t="s">
         <v>258</v>
       </c>
-      <c r="F96" s="30"/>
-[...3 lines deleted...]
-      <c r="H96" s="17" t="s">
+      <c r="F96" s="34"/>
+      <c r="G96" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H96" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I96" s="11">
+      <c r="I96" s="16">
         <v>45317</v>
       </c>
-      <c r="J96" s="25" t="s">
+      <c r="J96" s="29" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="97" spans="2:10">
       <c r="B97" s="6">
         <f t="shared" si="2"/>
         <v>83</v>
       </c>
-      <c r="C97" s="14" t="s">
+      <c r="C97" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="D97" s="13" t="s">
+      <c r="D97" s="15" t="s">
         <v>281</v>
       </c>
-      <c r="E97" s="14" t="s">
+      <c r="E97" s="17" t="s">
         <v>259</v>
       </c>
-      <c r="F97" s="30"/>
-[...3 lines deleted...]
-      <c r="H97" s="17" t="s">
+      <c r="F97" s="34"/>
+      <c r="G97" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H97" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I97" s="11">
+      <c r="I97" s="16">
         <v>45317</v>
       </c>
-      <c r="J97" s="25" t="s">
+      <c r="J97" s="29" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="98" spans="2:10">
       <c r="B98" s="6">
         <f t="shared" si="2"/>
         <v>84</v>
       </c>
-      <c r="C98" s="14" t="s">
+      <c r="C98" s="17" t="s">
         <v>69</v>
       </c>
-      <c r="D98" s="13" t="s">
+      <c r="D98" s="15" t="s">
         <v>282</v>
       </c>
-      <c r="E98" s="14" t="s">
+      <c r="E98" s="17" t="s">
         <v>261</v>
       </c>
-      <c r="F98" s="30"/>
-[...3 lines deleted...]
-      <c r="H98" s="17" t="s">
+      <c r="F98" s="34"/>
+      <c r="G98" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H98" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I98" s="11">
+      <c r="I98" s="16">
         <v>45321</v>
       </c>
-      <c r="J98" s="25" t="s">
+      <c r="J98" s="29" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="99" spans="2:10">
       <c r="B99" s="6">
         <f t="shared" si="2"/>
         <v>85</v>
       </c>
-      <c r="C99" s="14" t="s">
+      <c r="C99" s="17" t="s">
         <v>113</v>
       </c>
-      <c r="D99" s="13" t="s">
+      <c r="D99" s="15" t="s">
         <v>283</v>
       </c>
-      <c r="E99" s="14" t="s">
+      <c r="E99" s="17" t="s">
         <v>262</v>
       </c>
-      <c r="F99" s="30"/>
-[...3 lines deleted...]
-      <c r="H99" s="17" t="s">
+      <c r="F99" s="34"/>
+      <c r="G99" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H99" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I99" s="11">
+      <c r="I99" s="16">
         <v>45321</v>
       </c>
-      <c r="J99" s="25" t="s">
+      <c r="J99" s="29" t="s">
         <v>263</v>
       </c>
     </row>
     <row r="100" spans="2:10">
       <c r="B100" s="6">
         <f t="shared" si="2"/>
         <v>86</v>
       </c>
-      <c r="C100" s="14" t="s">
+      <c r="C100" s="17" t="s">
         <v>87</v>
       </c>
-      <c r="D100" s="13" t="s">
+      <c r="D100" s="15" t="s">
         <v>284</v>
       </c>
-      <c r="E100" s="14" t="s">
+      <c r="E100" s="17" t="s">
         <v>264</v>
       </c>
-      <c r="F100" s="30"/>
-[...3 lines deleted...]
-      <c r="H100" s="17" t="s">
+      <c r="F100" s="34"/>
+      <c r="G100" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H100" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I100" s="11">
+      <c r="I100" s="16">
         <v>45323</v>
       </c>
-      <c r="J100" s="25" t="s">
+      <c r="J100" s="29" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="101" spans="2:10">
       <c r="B101" s="6">
         <f t="shared" si="2"/>
         <v>87</v>
       </c>
-      <c r="C101" s="14" t="s">
+      <c r="C101" s="17" t="s">
         <v>228</v>
       </c>
-      <c r="D101" s="13" t="s">
+      <c r="D101" s="15" t="s">
         <v>285</v>
       </c>
-      <c r="E101" s="14" t="s">
+      <c r="E101" s="17" t="s">
         <v>266</v>
       </c>
-      <c r="F101" s="30"/>
-[...3 lines deleted...]
-      <c r="H101" s="17" t="s">
+      <c r="F101" s="34"/>
+      <c r="G101" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H101" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I101" s="11">
+      <c r="I101" s="16">
         <v>45323</v>
       </c>
-      <c r="J101" s="25" t="s">
+      <c r="J101" s="29" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="102" spans="2:10">
       <c r="B102" s="6">
         <f t="shared" si="2"/>
         <v>88</v>
       </c>
-      <c r="C102" s="14" t="s">
+      <c r="C102" s="17" t="s">
         <v>193</v>
       </c>
-      <c r="D102" s="13" t="s">
+      <c r="D102" s="15" t="s">
         <v>286</v>
       </c>
-      <c r="E102" s="14" t="s">
+      <c r="E102" s="17" t="s">
         <v>268</v>
       </c>
-      <c r="F102" s="30"/>
-[...3 lines deleted...]
-      <c r="H102" s="17" t="s">
+      <c r="F102" s="34"/>
+      <c r="G102" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H102" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I102" s="11">
+      <c r="I102" s="16">
         <v>45323</v>
       </c>
-      <c r="J102" s="25" t="s">
+      <c r="J102" s="29" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="103" spans="2:10">
       <c r="B103" s="6">
         <f t="shared" si="2"/>
         <v>89</v>
       </c>
-      <c r="C103" s="14" t="s">
+      <c r="C103" s="17" t="s">
         <v>209</v>
       </c>
-      <c r="D103" s="13" t="s">
+      <c r="D103" s="15" t="s">
         <v>287</v>
       </c>
-      <c r="E103" s="14" t="s">
+      <c r="E103" s="17" t="s">
         <v>270</v>
       </c>
-      <c r="F103" s="30"/>
-[...3 lines deleted...]
-      <c r="H103" s="17" t="s">
+      <c r="F103" s="34"/>
+      <c r="G103" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H103" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I103" s="11">
+      <c r="I103" s="16">
         <v>45324</v>
       </c>
-      <c r="J103" s="25" t="s">
+      <c r="J103" s="29" t="s">
         <v>271</v>
       </c>
     </row>
     <row r="104" spans="2:10">
       <c r="B104" s="6">
         <f t="shared" si="2"/>
         <v>90</v>
       </c>
-      <c r="C104" s="14" t="s">
+      <c r="C104" s="17" t="s">
         <v>209</v>
       </c>
-      <c r="D104" s="13" t="s">
+      <c r="D104" s="15" t="s">
         <v>288</v>
       </c>
-      <c r="E104" s="14" t="s">
+      <c r="E104" s="17" t="s">
         <v>272</v>
       </c>
-      <c r="F104" s="30"/>
-[...3 lines deleted...]
-      <c r="H104" s="17" t="s">
+      <c r="F104" s="34"/>
+      <c r="G104" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H104" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I104" s="11">
+      <c r="I104" s="16">
         <v>45324</v>
       </c>
-      <c r="J104" s="25" t="s">
+      <c r="J104" s="29" t="s">
         <v>273</v>
       </c>
     </row>
     <row r="105" spans="2:10">
       <c r="B105" s="6">
         <f t="shared" si="2"/>
         <v>91</v>
       </c>
-      <c r="C105" s="14" t="s">
+      <c r="C105" s="17" t="s">
         <v>87</v>
       </c>
-      <c r="D105" s="13" t="s">
+      <c r="D105" s="15" t="s">
         <v>289</v>
       </c>
-      <c r="E105" s="14" t="s">
+      <c r="E105" s="17" t="s">
         <v>274</v>
       </c>
-      <c r="F105" s="30"/>
-[...3 lines deleted...]
-      <c r="H105" s="17" t="s">
+      <c r="F105" s="34"/>
+      <c r="G105" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H105" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I105" s="11">
+      <c r="I105" s="16">
         <v>45328</v>
       </c>
-      <c r="J105" s="25" t="s">
+      <c r="J105" s="29" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="106" spans="2:10">
       <c r="B106" s="6">
         <f>B105+1</f>
         <v>92</v>
       </c>
-      <c r="C106" s="14" t="s">
+      <c r="C106" s="17" t="s">
         <v>69</v>
       </c>
-      <c r="D106" s="13" t="s">
+      <c r="D106" s="15" t="s">
         <v>290</v>
       </c>
-      <c r="E106" s="14" t="s">
+      <c r="E106" s="17" t="s">
         <v>276</v>
       </c>
-      <c r="F106" s="30"/>
-[...3 lines deleted...]
-      <c r="H106" s="17" t="s">
+      <c r="F106" s="34"/>
+      <c r="G106" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H106" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I106" s="11">
+      <c r="I106" s="16">
         <v>45328</v>
       </c>
-      <c r="J106" s="25" t="s">
+      <c r="J106" s="29" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="107" spans="2:10">
       <c r="B107" s="6">
-        <f>B106+1</f>
+        <f t="shared" ref="B107:B110" si="3">B106+1</f>
         <v>93</v>
       </c>
-      <c r="C107" s="14" t="s">
+      <c r="C107" s="17" t="s">
         <v>291</v>
       </c>
-      <c r="D107" s="13" t="s">
+      <c r="D107" s="15" t="s">
         <v>296</v>
       </c>
-      <c r="E107" s="14" t="s">
+      <c r="E107" s="17" t="s">
         <v>292</v>
       </c>
-      <c r="F107" s="30"/>
-[...3 lines deleted...]
-      <c r="H107" s="17" t="s">
+      <c r="F107" s="34"/>
+      <c r="G107" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H107" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I107" s="11">
+      <c r="I107" s="16">
         <v>45335</v>
       </c>
-      <c r="J107" s="25" t="s">
+      <c r="J107" s="29" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="108" spans="2:10">
       <c r="B108" s="6">
-        <f>B107+1</f>
+        <f t="shared" si="3"/>
         <v>94</v>
       </c>
-      <c r="C108" s="14" t="s">
+      <c r="C108" s="17" t="s">
         <v>293</v>
       </c>
-      <c r="D108" s="13" t="s">
+      <c r="D108" s="15" t="s">
         <v>297</v>
       </c>
-      <c r="E108" s="14" t="s">
+      <c r="E108" s="17" t="s">
         <v>294</v>
       </c>
-      <c r="F108" s="30"/>
-[...3 lines deleted...]
-      <c r="H108" s="17" t="s">
+      <c r="F108" s="34"/>
+      <c r="G108" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H108" s="20" t="s">
         <v>255</v>
       </c>
-      <c r="I108" s="11">
+      <c r="I108" s="16">
         <v>45350</v>
       </c>
-      <c r="J108" s="25" t="s">
+      <c r="J108" s="29" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="109" spans="2:10">
       <c r="B109" s="6">
-        <f>B108+1</f>
+        <f t="shared" si="3"/>
         <v>95</v>
       </c>
-      <c r="C109" s="14" t="s">
+      <c r="C109" s="17" t="s">
         <v>193</v>
       </c>
-      <c r="D109" s="13" t="s">
+      <c r="D109" s="15" t="s">
         <v>298</v>
       </c>
-      <c r="E109" s="14" t="s">
+      <c r="E109" s="17" t="s">
         <v>299</v>
       </c>
-      <c r="F109" s="30"/>
-[...3 lines deleted...]
-      <c r="H109" s="17" t="s">
+      <c r="F109" s="34"/>
+      <c r="G109" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H109" s="20" t="s">
         <v>300</v>
       </c>
-      <c r="I109" s="11">
+      <c r="I109" s="16">
         <v>45373</v>
       </c>
-      <c r="J109" s="25" t="s">
+      <c r="J109" s="29" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="110" spans="2:10">
       <c r="B110" s="6">
-        <f>B109+1</f>
+        <f t="shared" si="3"/>
         <v>96</v>
       </c>
-      <c r="C110" s="14" t="s">
+      <c r="C110" s="17" t="s">
         <v>69</v>
       </c>
-      <c r="D110" s="13" t="s">
+      <c r="D110" s="15" t="s">
         <v>303</v>
       </c>
-      <c r="E110" s="14" t="s">
+      <c r="E110" s="17" t="s">
         <v>304</v>
       </c>
-      <c r="F110" s="30"/>
-[...3 lines deleted...]
-      <c r="H110" s="17" t="s">
+      <c r="F110" s="34"/>
+      <c r="G110" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H110" s="20" t="s">
         <v>300</v>
       </c>
-      <c r="I110" s="11">
+      <c r="I110" s="16">
         <v>45384</v>
       </c>
-      <c r="J110" s="25" t="s">
+      <c r="J110" s="29" t="s">
         <v>305</v>
       </c>
     </row>
     <row r="111" spans="2:10" ht="22.5">
-      <c r="B111" s="33">
+      <c r="B111" s="40">
         <v>97</v>
       </c>
-      <c r="C111" s="18" t="s">
+      <c r="C111" s="21" t="s">
         <v>148</v>
       </c>
-      <c r="D111" s="12" t="s">
+      <c r="D111" s="14" t="s">
         <v>306</v>
       </c>
-      <c r="E111" s="18" t="s">
+      <c r="E111" s="21" t="s">
         <v>148</v>
       </c>
-      <c r="F111" s="30"/>
+      <c r="F111" s="34"/>
       <c r="G111" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H111" s="17" t="s">
+      <c r="H111" s="22" t="s">
         <v>300</v>
       </c>
       <c r="I111" s="11">
         <v>45411</v>
       </c>
-      <c r="J111" s="25" t="s">
+      <c r="J111" s="29" t="s">
         <v>307</v>
       </c>
     </row>
     <row r="112" spans="2:10" ht="22.5">
-      <c r="B112" s="35"/>
-      <c r="C112" s="18" t="s">
+      <c r="B112" s="41"/>
+      <c r="C112" s="21" t="s">
         <v>148</v>
       </c>
-      <c r="D112" s="12" t="s">
+      <c r="D112" s="14" t="s">
         <v>306</v>
       </c>
-      <c r="E112" s="18" t="s">
+      <c r="E112" s="21" t="s">
         <v>148</v>
       </c>
-      <c r="F112" s="30"/>
+      <c r="F112" s="34"/>
       <c r="G112" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H112" s="17" t="s">
+      <c r="H112" s="22" t="s">
         <v>300</v>
       </c>
       <c r="I112" s="11">
         <v>45433</v>
       </c>
-      <c r="J112" s="25" t="s">
+      <c r="J112" s="29" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="113" spans="2:10" ht="22.5">
-      <c r="B113" s="35"/>
-      <c r="C113" s="18" t="s">
+      <c r="B113" s="41"/>
+      <c r="C113" s="21" t="s">
         <v>148</v>
       </c>
-      <c r="D113" s="12" t="s">
+      <c r="D113" s="14" t="s">
         <v>306</v>
       </c>
-      <c r="E113" s="18" t="s">
+      <c r="E113" s="21" t="s">
         <v>148</v>
       </c>
-      <c r="F113" s="30"/>
+      <c r="F113" s="34"/>
       <c r="G113" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H113" s="17" t="s">
+      <c r="H113" s="22" t="s">
         <v>300</v>
       </c>
       <c r="I113" s="11">
         <v>45447</v>
       </c>
-      <c r="J113" s="26" t="s">
+      <c r="J113" s="30" t="s">
         <v>310</v>
       </c>
     </row>
     <row r="114" spans="2:10" ht="22.5">
-      <c r="B114" s="34"/>
-      <c r="C114" s="18" t="s">
+      <c r="B114" s="39"/>
+      <c r="C114" s="21" t="s">
         <v>148</v>
       </c>
-      <c r="D114" s="12" t="s">
+      <c r="D114" s="14" t="s">
         <v>306</v>
       </c>
-      <c r="E114" s="18" t="s">
+      <c r="E114" s="21" t="s">
         <v>148</v>
       </c>
-      <c r="F114" s="30"/>
+      <c r="F114" s="34"/>
       <c r="G114" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H114" s="17" t="s">
+      <c r="H114" s="22" t="s">
         <v>300</v>
       </c>
       <c r="I114" s="11">
         <v>45583</v>
       </c>
-      <c r="J114" s="26" t="s">
+      <c r="J114" s="30" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="115" spans="2:10">
       <c r="B115" s="10">
         <v>98</v>
       </c>
-      <c r="C115" s="18" t="s">
+      <c r="C115" s="21" t="s">
         <v>69</v>
       </c>
-      <c r="D115" s="12" t="s">
+      <c r="D115" s="14" t="s">
         <v>319</v>
       </c>
-      <c r="E115" s="18" t="s">
+      <c r="E115" s="21" t="s">
         <v>311</v>
       </c>
-      <c r="F115" s="30"/>
+      <c r="F115" s="34"/>
       <c r="G115" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H115" s="17" t="s">
+      <c r="H115" s="22" t="s">
         <v>312</v>
       </c>
       <c r="I115" s="11">
         <v>45447</v>
       </c>
-      <c r="J115" s="27" t="s">
+      <c r="J115" s="31" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="116" spans="2:10">
       <c r="B116" s="10">
         <v>99</v>
       </c>
-      <c r="C116" s="14" t="s">
+      <c r="C116" s="17" t="s">
         <v>79</v>
       </c>
-      <c r="D116" s="12" t="s">
+      <c r="D116" s="14" t="s">
         <v>320</v>
       </c>
-      <c r="E116" s="14" t="s">
+      <c r="E116" s="17" t="s">
         <v>314</v>
       </c>
-      <c r="F116" s="30"/>
+      <c r="F116" s="34"/>
       <c r="G116" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H116" s="17" t="s">
+      <c r="H116" s="20" t="s">
         <v>316</v>
       </c>
-      <c r="I116" s="11">
+      <c r="I116" s="16">
         <v>45520</v>
       </c>
-      <c r="J116" s="25" t="s">
+      <c r="J116" s="29" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="117" spans="2:10">
-      <c r="B117" s="33">
+      <c r="B117" s="38">
         <v>100</v>
       </c>
-      <c r="C117" s="14" t="s">
+      <c r="C117" s="17" t="s">
         <v>79</v>
       </c>
-      <c r="D117" s="12" t="s">
+      <c r="D117" s="14" t="s">
         <v>321</v>
       </c>
-      <c r="E117" s="14" t="s">
+      <c r="E117" s="17" t="s">
         <v>315</v>
       </c>
-      <c r="F117" s="30"/>
+      <c r="F117" s="34"/>
       <c r="G117" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H117" s="17" t="s">
+      <c r="H117" s="20" t="s">
         <v>316</v>
       </c>
-      <c r="I117" s="11">
+      <c r="I117" s="16">
         <v>45524</v>
       </c>
-      <c r="J117" s="25" t="s">
+      <c r="J117" s="29" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="118" spans="2:10" ht="22.5">
-      <c r="B118" s="34"/>
-      <c r="C118" s="14" t="s">
+      <c r="B118" s="39"/>
+      <c r="C118" s="17" t="s">
         <v>79</v>
       </c>
-      <c r="D118" s="12" t="s">
+      <c r="D118" s="14" t="s">
         <v>321</v>
       </c>
-      <c r="E118" s="14" t="s">
+      <c r="E118" s="17" t="s">
         <v>315</v>
       </c>
-      <c r="F118" s="30"/>
+      <c r="F118" s="34"/>
       <c r="G118" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="H118" s="17" t="s">
+      <c r="H118" s="20" t="s">
         <v>316</v>
       </c>
-      <c r="I118" s="11">
+      <c r="I118" s="16">
         <v>45548</v>
       </c>
-      <c r="J118" s="28" t="s">
+      <c r="J118" s="32" t="s">
         <v>322</v>
       </c>
     </row>
     <row r="119" spans="2:10">
       <c r="B119" s="6">
         <v>101</v>
       </c>
-      <c r="C119" s="14" t="s">
+      <c r="C119" s="17" t="s">
         <v>148</v>
       </c>
-      <c r="D119" s="13" t="s">
+      <c r="D119" s="15" t="s">
         <v>324</v>
       </c>
-      <c r="E119" s="14" t="s">
+      <c r="E119" s="17" t="s">
         <v>325</v>
       </c>
-      <c r="F119" s="30"/>
-[...3 lines deleted...]
-      <c r="H119" s="17" t="s">
+      <c r="F119" s="34"/>
+      <c r="G119" s="13" t="s">
+        <v>9</v>
+      </c>
+      <c r="H119" s="20" t="s">
         <v>326</v>
       </c>
-      <c r="I119" s="11">
+      <c r="I119" s="16">
         <v>45821</v>
       </c>
-      <c r="J119" s="25" t="s">
+      <c r="J119" s="29" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="120" spans="2:10" s="2" customFormat="1" ht="12">
       <c r="J120" s="4"/>
     </row>
     <row r="121" spans="2:10" ht="29.25" customHeight="1">
-      <c r="B121" s="32" t="s">
+      <c r="B121" s="37" t="s">
         <v>309</v>
       </c>
-      <c r="C121" s="32"/>
-[...6 lines deleted...]
-      <c r="J121" s="32"/>
+      <c r="C121" s="37"/>
+      <c r="D121" s="37"/>
+      <c r="E121" s="37"/>
+      <c r="F121" s="37"/>
+      <c r="G121" s="37"/>
+      <c r="H121" s="37"/>
+      <c r="I121" s="37"/>
+      <c r="J121" s="37"/>
     </row>
     <row r="122" spans="2:10" ht="30" customHeight="1">
-      <c r="B122" s="32" t="s">
+      <c r="B122" s="37" t="s">
         <v>301</v>
       </c>
-      <c r="C122" s="32"/>
-[...6 lines deleted...]
-      <c r="J122" s="32"/>
+      <c r="C122" s="37"/>
+      <c r="D122" s="37"/>
+      <c r="E122" s="37"/>
+      <c r="F122" s="37"/>
+      <c r="G122" s="37"/>
+      <c r="H122" s="37"/>
+      <c r="I122" s="37"/>
+      <c r="J122" s="37"/>
     </row>
     <row r="123" spans="2:10" ht="27" customHeight="1">
-      <c r="B123" s="32" t="s">
+      <c r="B123" s="37" t="s">
         <v>328</v>
       </c>
-      <c r="C123" s="32"/>
-[...6 lines deleted...]
-      <c r="J123" s="32"/>
+      <c r="C123" s="37"/>
+      <c r="D123" s="37"/>
+      <c r="E123" s="37"/>
+      <c r="F123" s="37"/>
+      <c r="G123" s="37"/>
+      <c r="H123" s="37"/>
+      <c r="I123" s="37"/>
+      <c r="J123" s="37"/>
     </row>
   </sheetData>
-  <autoFilter ref="B11:J109"/>
+  <autoFilter ref="B11:J109" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
   <mergeCells count="11">
-    <mergeCell ref="J56:J58"/>
     <mergeCell ref="B8:J8"/>
     <mergeCell ref="B121:J121"/>
     <mergeCell ref="B122:J122"/>
     <mergeCell ref="B123:J123"/>
     <mergeCell ref="B117:B118"/>
     <mergeCell ref="B111:B114"/>
     <mergeCell ref="B55:B58"/>
     <mergeCell ref="C55:C58"/>
     <mergeCell ref="D55:D58"/>
     <mergeCell ref="E55:E58"/>
+    <mergeCell ref="J56:J58"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.44" bottom="0.47" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="39" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ORAF con acervo transferido</vt:lpstr>