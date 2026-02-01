--- v0 (2025-11-01)
+++ v1 (2026-02-01)
@@ -1,96 +1,98 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" mc:Ignorable="x15 xr xr6 xr10">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27425"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27425"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\fuente subversion-portal2020\trunk\GestionPortal\web\html\agencia\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{F3FE7243-78B9-44BC-9735-BE5BCF9B1C91}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E17CE527-8160-464B-AEC0-432DBE9D3580}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Incorp-OREC Revocadas" sheetId="1" r:id="rId1"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId2"/>
   </externalReferences>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Incorp-OREC Revocadas'!$B$15:$H$15</definedName>
     <definedName name="AECIR">[1]Hoja1!$B$62:$T$76</definedName>
     <definedName name="alianza">[1]Hoja1!$C$6:$C$19</definedName>
     <definedName name="Andy">[1]Hoja1!$C$5:$U$20</definedName>
     <definedName name="JR">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B19" i="1" l="1"/>
-[...2 lines deleted...]
-  <c r="B18" i="1"/>
+  <c r="B17" i="1" l="1"/>
+  <c r="B18" i="1" s="1"/>
+  <c r="B19" i="1" s="1"/>
+  <c r="B20" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="28">
   <si>
     <t xml:space="preserve">OREC REVOCADAS </t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>DEPARTAMENTO</t>
   </si>
   <si>
     <t>PROVINCIA</t>
   </si>
   <si>
     <t>DISTRITO</t>
   </si>
   <si>
     <t>TIPO MUNICIPALIDAD</t>
   </si>
   <si>
     <t>RESOLUCIÓN JEFATURAL</t>
@@ -148,248 +150,244 @@
       <rPr>
         <b/>
         <sz val="12"/>
         <rFont val="Geneva"/>
       </rPr>
       <t xml:space="preserve">REVOCATORIA PARCIAL: </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Geneva"/>
       </rPr>
       <t>Procedimiento por el cual, el RENIEC, a través de la emisión de una Resolución Jefatural, deja sin efecto la delegación a las Municipalidades del país, de algunas de las funciones registrales previstas en los incisos a), b), c), e), y o) del artículo 44° de la Ley N° 26497 y conferidas mediante la Resolución Jefatural N° 023-1996-JEF; para asumirlas de manera directa</t>
     </r>
   </si>
   <si>
     <t>09/08/2013</t>
   </si>
   <si>
     <t>15/03/2010</t>
   </si>
   <si>
     <t>ORDEN ALFABETICO:</t>
   </si>
   <si>
-    <t>(AL 26 DE SEPTIEMBRE DEL 2025)</t>
+    <t>(AL 12 DE DICIEMBRE DEL 2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="165" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="17">
+  <fonts count="16">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
+    </font>
+    <font>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <name val="Geneva"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
+      <b/>
       <sz val="10"/>
-      <name val="Geneva"/>
+      <color theme="0"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="10"/>
       <name val="Geneva"/>
     </font>
     <font>
       <sz val="11"/>
       <color indexed="9"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color indexed="56"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Geneva"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Geneva"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
-    <font>
-[...12 lines deleted...]
-    </font>
   </fonts>
   <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="49"/>
+        <fgColor indexed="44"/>
+        <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor indexed="44"/>
+        <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="3" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="0"/>
-        <bgColor indexed="64"/>
+        <fgColor indexed="49"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="11">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
-      <diagonal/>
-[...7 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thick">
+        <color indexed="62"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
@@ -414,832 +412,808 @@
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="313">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0"/>
-[...310 lines deleted...]
-    <xf numFmtId="0" fontId="11" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="11" fillId="5" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="165" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="9" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="4" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="25">
+  <cellXfs count="24">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="16" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="5" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="3" borderId="3" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="313">
-    <cellStyle name="Cancel" xfId="1"/>
-[...14 lines deleted...]
-    <cellStyle name="Millares 6" xfId="16"/>
+    <cellStyle name="Cancel" xfId="1" xr:uid="{00000000-0005-0000-0000-000000000000}"/>
+    <cellStyle name="Cancel 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
+    <cellStyle name="Énfasis5 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Millares 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Millares 2 2" xfId="5" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Millares 2 2 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
+    <cellStyle name="Millares 2 3" xfId="7" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
+    <cellStyle name="Millares 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
+    <cellStyle name="Millares 3 2" xfId="9" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
+    <cellStyle name="Millares 4" xfId="10" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
+    <cellStyle name="Millares 4 2" xfId="11" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
+    <cellStyle name="Millares 4 2 2" xfId="12" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
+    <cellStyle name="Millares 4 3" xfId="13" xr:uid="{00000000-0005-0000-0000-00000C000000}"/>
+    <cellStyle name="Millares 5" xfId="14" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
+    <cellStyle name="Millares 5 2" xfId="15" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
+    <cellStyle name="Millares 6" xfId="16" xr:uid="{00000000-0005-0000-0000-00000F000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 10" xfId="17"/>
-[...294 lines deleted...]
-    <cellStyle name="Título 1 2" xfId="312"/>
+    <cellStyle name="Normal 10" xfId="17" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
+    <cellStyle name="Normal 10 2" xfId="18" xr:uid="{00000000-0005-0000-0000-000012000000}"/>
+    <cellStyle name="Normal 100" xfId="19" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
+    <cellStyle name="Normal 100 2" xfId="20" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
+    <cellStyle name="Normal 101" xfId="21" xr:uid="{00000000-0005-0000-0000-000015000000}"/>
+    <cellStyle name="Normal 101 2" xfId="22" xr:uid="{00000000-0005-0000-0000-000016000000}"/>
+    <cellStyle name="Normal 102" xfId="23" xr:uid="{00000000-0005-0000-0000-000017000000}"/>
+    <cellStyle name="Normal 102 2" xfId="24" xr:uid="{00000000-0005-0000-0000-000018000000}"/>
+    <cellStyle name="Normal 103" xfId="25" xr:uid="{00000000-0005-0000-0000-000019000000}"/>
+    <cellStyle name="Normal 103 2" xfId="26" xr:uid="{00000000-0005-0000-0000-00001A000000}"/>
+    <cellStyle name="Normal 104" xfId="27" xr:uid="{00000000-0005-0000-0000-00001B000000}"/>
+    <cellStyle name="Normal 104 2" xfId="28" xr:uid="{00000000-0005-0000-0000-00001C000000}"/>
+    <cellStyle name="Normal 105" xfId="29" xr:uid="{00000000-0005-0000-0000-00001D000000}"/>
+    <cellStyle name="Normal 105 2" xfId="30" xr:uid="{00000000-0005-0000-0000-00001E000000}"/>
+    <cellStyle name="Normal 106" xfId="31" xr:uid="{00000000-0005-0000-0000-00001F000000}"/>
+    <cellStyle name="Normal 106 2" xfId="32" xr:uid="{00000000-0005-0000-0000-000020000000}"/>
+    <cellStyle name="Normal 107" xfId="33" xr:uid="{00000000-0005-0000-0000-000021000000}"/>
+    <cellStyle name="Normal 107 2" xfId="34" xr:uid="{00000000-0005-0000-0000-000022000000}"/>
+    <cellStyle name="Normal 108" xfId="35" xr:uid="{00000000-0005-0000-0000-000023000000}"/>
+    <cellStyle name="Normal 109" xfId="36" xr:uid="{00000000-0005-0000-0000-000024000000}"/>
+    <cellStyle name="Normal 11" xfId="37" xr:uid="{00000000-0005-0000-0000-000025000000}"/>
+    <cellStyle name="Normal 11 2" xfId="38" xr:uid="{00000000-0005-0000-0000-000026000000}"/>
+    <cellStyle name="Normal 110" xfId="39" xr:uid="{00000000-0005-0000-0000-000027000000}"/>
+    <cellStyle name="Normal 111" xfId="40" xr:uid="{00000000-0005-0000-0000-000028000000}"/>
+    <cellStyle name="Normal 112" xfId="41" xr:uid="{00000000-0005-0000-0000-000029000000}"/>
+    <cellStyle name="Normal 113" xfId="42" xr:uid="{00000000-0005-0000-0000-00002A000000}"/>
+    <cellStyle name="Normal 114" xfId="43" xr:uid="{00000000-0005-0000-0000-00002B000000}"/>
+    <cellStyle name="Normal 115" xfId="44" xr:uid="{00000000-0005-0000-0000-00002C000000}"/>
+    <cellStyle name="Normal 116" xfId="45" xr:uid="{00000000-0005-0000-0000-00002D000000}"/>
+    <cellStyle name="Normal 117" xfId="46" xr:uid="{00000000-0005-0000-0000-00002E000000}"/>
+    <cellStyle name="Normal 118" xfId="47" xr:uid="{00000000-0005-0000-0000-00002F000000}"/>
+    <cellStyle name="Normal 119" xfId="48" xr:uid="{00000000-0005-0000-0000-000030000000}"/>
+    <cellStyle name="Normal 12" xfId="49" xr:uid="{00000000-0005-0000-0000-000031000000}"/>
+    <cellStyle name="Normal 12 2" xfId="50" xr:uid="{00000000-0005-0000-0000-000032000000}"/>
+    <cellStyle name="Normal 120" xfId="51" xr:uid="{00000000-0005-0000-0000-000033000000}"/>
+    <cellStyle name="Normal 121" xfId="52" xr:uid="{00000000-0005-0000-0000-000034000000}"/>
+    <cellStyle name="Normal 122" xfId="53" xr:uid="{00000000-0005-0000-0000-000035000000}"/>
+    <cellStyle name="Normal 123" xfId="54" xr:uid="{00000000-0005-0000-0000-000036000000}"/>
+    <cellStyle name="Normal 124" xfId="55" xr:uid="{00000000-0005-0000-0000-000037000000}"/>
+    <cellStyle name="Normal 125" xfId="56" xr:uid="{00000000-0005-0000-0000-000038000000}"/>
+    <cellStyle name="Normal 126" xfId="57" xr:uid="{00000000-0005-0000-0000-000039000000}"/>
+    <cellStyle name="Normal 127" xfId="58" xr:uid="{00000000-0005-0000-0000-00003A000000}"/>
+    <cellStyle name="Normal 128" xfId="59" xr:uid="{00000000-0005-0000-0000-00003B000000}"/>
+    <cellStyle name="Normal 129" xfId="60" xr:uid="{00000000-0005-0000-0000-00003C000000}"/>
+    <cellStyle name="Normal 13" xfId="61" xr:uid="{00000000-0005-0000-0000-00003D000000}"/>
+    <cellStyle name="Normal 13 2" xfId="62" xr:uid="{00000000-0005-0000-0000-00003E000000}"/>
+    <cellStyle name="Normal 130" xfId="63" xr:uid="{00000000-0005-0000-0000-00003F000000}"/>
+    <cellStyle name="Normal 131" xfId="64" xr:uid="{00000000-0005-0000-0000-000040000000}"/>
+    <cellStyle name="Normal 132" xfId="65" xr:uid="{00000000-0005-0000-0000-000041000000}"/>
+    <cellStyle name="Normal 133" xfId="66" xr:uid="{00000000-0005-0000-0000-000042000000}"/>
+    <cellStyle name="Normal 134" xfId="67" xr:uid="{00000000-0005-0000-0000-000043000000}"/>
+    <cellStyle name="Normal 135" xfId="68" xr:uid="{00000000-0005-0000-0000-000044000000}"/>
+    <cellStyle name="Normal 136" xfId="69" xr:uid="{00000000-0005-0000-0000-000045000000}"/>
+    <cellStyle name="Normal 137" xfId="70" xr:uid="{00000000-0005-0000-0000-000046000000}"/>
+    <cellStyle name="Normal 138" xfId="71" xr:uid="{00000000-0005-0000-0000-000047000000}"/>
+    <cellStyle name="Normal 139" xfId="72" xr:uid="{00000000-0005-0000-0000-000048000000}"/>
+    <cellStyle name="Normal 14" xfId="73" xr:uid="{00000000-0005-0000-0000-000049000000}"/>
+    <cellStyle name="Normal 14 2" xfId="74" xr:uid="{00000000-0005-0000-0000-00004A000000}"/>
+    <cellStyle name="Normal 140" xfId="75" xr:uid="{00000000-0005-0000-0000-00004B000000}"/>
+    <cellStyle name="Normal 141" xfId="76" xr:uid="{00000000-0005-0000-0000-00004C000000}"/>
+    <cellStyle name="Normal 142" xfId="77" xr:uid="{00000000-0005-0000-0000-00004D000000}"/>
+    <cellStyle name="Normal 143" xfId="78" xr:uid="{00000000-0005-0000-0000-00004E000000}"/>
+    <cellStyle name="Normal 144" xfId="79" xr:uid="{00000000-0005-0000-0000-00004F000000}"/>
+    <cellStyle name="Normal 145" xfId="80" xr:uid="{00000000-0005-0000-0000-000050000000}"/>
+    <cellStyle name="Normal 146" xfId="81" xr:uid="{00000000-0005-0000-0000-000051000000}"/>
+    <cellStyle name="Normal 147" xfId="82" xr:uid="{00000000-0005-0000-0000-000052000000}"/>
+    <cellStyle name="Normal 148" xfId="83" xr:uid="{00000000-0005-0000-0000-000053000000}"/>
+    <cellStyle name="Normal 149" xfId="84" xr:uid="{00000000-0005-0000-0000-000054000000}"/>
+    <cellStyle name="Normal 15" xfId="85" xr:uid="{00000000-0005-0000-0000-000055000000}"/>
+    <cellStyle name="Normal 15 2" xfId="86" xr:uid="{00000000-0005-0000-0000-000056000000}"/>
+    <cellStyle name="Normal 150" xfId="87" xr:uid="{00000000-0005-0000-0000-000057000000}"/>
+    <cellStyle name="Normal 151" xfId="88" xr:uid="{00000000-0005-0000-0000-000058000000}"/>
+    <cellStyle name="Normal 152" xfId="89" xr:uid="{00000000-0005-0000-0000-000059000000}"/>
+    <cellStyle name="Normal 153" xfId="90" xr:uid="{00000000-0005-0000-0000-00005A000000}"/>
+    <cellStyle name="Normal 154" xfId="91" xr:uid="{00000000-0005-0000-0000-00005B000000}"/>
+    <cellStyle name="Normal 155" xfId="92" xr:uid="{00000000-0005-0000-0000-00005C000000}"/>
+    <cellStyle name="Normal 156" xfId="93" xr:uid="{00000000-0005-0000-0000-00005D000000}"/>
+    <cellStyle name="Normal 157" xfId="94" xr:uid="{00000000-0005-0000-0000-00005E000000}"/>
+    <cellStyle name="Normal 158" xfId="95" xr:uid="{00000000-0005-0000-0000-00005F000000}"/>
+    <cellStyle name="Normal 159" xfId="96" xr:uid="{00000000-0005-0000-0000-000060000000}"/>
+    <cellStyle name="Normal 16" xfId="97" xr:uid="{00000000-0005-0000-0000-000061000000}"/>
+    <cellStyle name="Normal 16 2" xfId="98" xr:uid="{00000000-0005-0000-0000-000062000000}"/>
+    <cellStyle name="Normal 160" xfId="99" xr:uid="{00000000-0005-0000-0000-000063000000}"/>
+    <cellStyle name="Normal 161" xfId="100" xr:uid="{00000000-0005-0000-0000-000064000000}"/>
+    <cellStyle name="Normal 162" xfId="101" xr:uid="{00000000-0005-0000-0000-000065000000}"/>
+    <cellStyle name="Normal 163" xfId="102" xr:uid="{00000000-0005-0000-0000-000066000000}"/>
+    <cellStyle name="Normal 164" xfId="103" xr:uid="{00000000-0005-0000-0000-000067000000}"/>
+    <cellStyle name="Normal 165" xfId="104" xr:uid="{00000000-0005-0000-0000-000068000000}"/>
+    <cellStyle name="Normal 166" xfId="105" xr:uid="{00000000-0005-0000-0000-000069000000}"/>
+    <cellStyle name="Normal 167" xfId="106" xr:uid="{00000000-0005-0000-0000-00006A000000}"/>
+    <cellStyle name="Normal 168" xfId="107" xr:uid="{00000000-0005-0000-0000-00006B000000}"/>
+    <cellStyle name="Normal 169" xfId="108" xr:uid="{00000000-0005-0000-0000-00006C000000}"/>
+    <cellStyle name="Normal 17" xfId="109" xr:uid="{00000000-0005-0000-0000-00006D000000}"/>
+    <cellStyle name="Normal 17 2" xfId="110" xr:uid="{00000000-0005-0000-0000-00006E000000}"/>
+    <cellStyle name="Normal 170" xfId="111" xr:uid="{00000000-0005-0000-0000-00006F000000}"/>
+    <cellStyle name="Normal 171" xfId="112" xr:uid="{00000000-0005-0000-0000-000070000000}"/>
+    <cellStyle name="Normal 172" xfId="113" xr:uid="{00000000-0005-0000-0000-000071000000}"/>
+    <cellStyle name="Normal 173" xfId="114" xr:uid="{00000000-0005-0000-0000-000072000000}"/>
+    <cellStyle name="Normal 174" xfId="115" xr:uid="{00000000-0005-0000-0000-000073000000}"/>
+    <cellStyle name="Normal 175" xfId="116" xr:uid="{00000000-0005-0000-0000-000074000000}"/>
+    <cellStyle name="Normal 18" xfId="117" xr:uid="{00000000-0005-0000-0000-000075000000}"/>
+    <cellStyle name="Normal 18 2" xfId="118" xr:uid="{00000000-0005-0000-0000-000076000000}"/>
+    <cellStyle name="Normal 19" xfId="119" xr:uid="{00000000-0005-0000-0000-000077000000}"/>
+    <cellStyle name="Normal 19 2" xfId="120" xr:uid="{00000000-0005-0000-0000-000078000000}"/>
+    <cellStyle name="Normal 2" xfId="121" xr:uid="{00000000-0005-0000-0000-000079000000}"/>
+    <cellStyle name="Normal 2 2" xfId="122" xr:uid="{00000000-0005-0000-0000-00007A000000}"/>
+    <cellStyle name="Normal 2 2 2" xfId="123" xr:uid="{00000000-0005-0000-0000-00007B000000}"/>
+    <cellStyle name="Normal 2_Informe Repliegue DU - 17 Mayo" xfId="124" xr:uid="{00000000-0005-0000-0000-00007C000000}"/>
+    <cellStyle name="Normal 20" xfId="125" xr:uid="{00000000-0005-0000-0000-00007D000000}"/>
+    <cellStyle name="Normal 20 2" xfId="126" xr:uid="{00000000-0005-0000-0000-00007E000000}"/>
+    <cellStyle name="Normal 21" xfId="127" xr:uid="{00000000-0005-0000-0000-00007F000000}"/>
+    <cellStyle name="Normal 21 2" xfId="128" xr:uid="{00000000-0005-0000-0000-000080000000}"/>
+    <cellStyle name="Normal 22" xfId="129" xr:uid="{00000000-0005-0000-0000-000081000000}"/>
+    <cellStyle name="Normal 22 2" xfId="130" xr:uid="{00000000-0005-0000-0000-000082000000}"/>
+    <cellStyle name="Normal 23" xfId="131" xr:uid="{00000000-0005-0000-0000-000083000000}"/>
+    <cellStyle name="Normal 23 2" xfId="132" xr:uid="{00000000-0005-0000-0000-000084000000}"/>
+    <cellStyle name="Normal 24" xfId="133" xr:uid="{00000000-0005-0000-0000-000085000000}"/>
+    <cellStyle name="Normal 24 2" xfId="134" xr:uid="{00000000-0005-0000-0000-000086000000}"/>
+    <cellStyle name="Normal 25" xfId="135" xr:uid="{00000000-0005-0000-0000-000087000000}"/>
+    <cellStyle name="Normal 25 2" xfId="136" xr:uid="{00000000-0005-0000-0000-000088000000}"/>
+    <cellStyle name="Normal 26" xfId="137" xr:uid="{00000000-0005-0000-0000-000089000000}"/>
+    <cellStyle name="Normal 26 2" xfId="138" xr:uid="{00000000-0005-0000-0000-00008A000000}"/>
+    <cellStyle name="Normal 27" xfId="139" xr:uid="{00000000-0005-0000-0000-00008B000000}"/>
+    <cellStyle name="Normal 27 2" xfId="140" xr:uid="{00000000-0005-0000-0000-00008C000000}"/>
+    <cellStyle name="Normal 28" xfId="141" xr:uid="{00000000-0005-0000-0000-00008D000000}"/>
+    <cellStyle name="Normal 28 2" xfId="142" xr:uid="{00000000-0005-0000-0000-00008E000000}"/>
+    <cellStyle name="Normal 29" xfId="143" xr:uid="{00000000-0005-0000-0000-00008F000000}"/>
+    <cellStyle name="Normal 29 2" xfId="144" xr:uid="{00000000-0005-0000-0000-000090000000}"/>
+    <cellStyle name="Normal 3" xfId="145" xr:uid="{00000000-0005-0000-0000-000091000000}"/>
+    <cellStyle name="Normal 3 2" xfId="146" xr:uid="{00000000-0005-0000-0000-000092000000}"/>
+    <cellStyle name="Normal 30" xfId="147" xr:uid="{00000000-0005-0000-0000-000093000000}"/>
+    <cellStyle name="Normal 30 2" xfId="148" xr:uid="{00000000-0005-0000-0000-000094000000}"/>
+    <cellStyle name="Normal 31" xfId="149" xr:uid="{00000000-0005-0000-0000-000095000000}"/>
+    <cellStyle name="Normal 31 2" xfId="150" xr:uid="{00000000-0005-0000-0000-000096000000}"/>
+    <cellStyle name="Normal 32" xfId="151" xr:uid="{00000000-0005-0000-0000-000097000000}"/>
+    <cellStyle name="Normal 32 2" xfId="152" xr:uid="{00000000-0005-0000-0000-000098000000}"/>
+    <cellStyle name="Normal 33" xfId="153" xr:uid="{00000000-0005-0000-0000-000099000000}"/>
+    <cellStyle name="Normal 33 2" xfId="154" xr:uid="{00000000-0005-0000-0000-00009A000000}"/>
+    <cellStyle name="Normal 34" xfId="155" xr:uid="{00000000-0005-0000-0000-00009B000000}"/>
+    <cellStyle name="Normal 34 2" xfId="156" xr:uid="{00000000-0005-0000-0000-00009C000000}"/>
+    <cellStyle name="Normal 35" xfId="157" xr:uid="{00000000-0005-0000-0000-00009D000000}"/>
+    <cellStyle name="Normal 35 2" xfId="158" xr:uid="{00000000-0005-0000-0000-00009E000000}"/>
+    <cellStyle name="Normal 36" xfId="159" xr:uid="{00000000-0005-0000-0000-00009F000000}"/>
+    <cellStyle name="Normal 36 2" xfId="160" xr:uid="{00000000-0005-0000-0000-0000A0000000}"/>
+    <cellStyle name="Normal 37" xfId="161" xr:uid="{00000000-0005-0000-0000-0000A1000000}"/>
+    <cellStyle name="Normal 37 2" xfId="162" xr:uid="{00000000-0005-0000-0000-0000A2000000}"/>
+    <cellStyle name="Normal 38" xfId="163" xr:uid="{00000000-0005-0000-0000-0000A3000000}"/>
+    <cellStyle name="Normal 38 2" xfId="164" xr:uid="{00000000-0005-0000-0000-0000A4000000}"/>
+    <cellStyle name="Normal 39" xfId="165" xr:uid="{00000000-0005-0000-0000-0000A5000000}"/>
+    <cellStyle name="Normal 39 2" xfId="166" xr:uid="{00000000-0005-0000-0000-0000A6000000}"/>
+    <cellStyle name="Normal 4" xfId="167" xr:uid="{00000000-0005-0000-0000-0000A7000000}"/>
+    <cellStyle name="Normal 4 2" xfId="168" xr:uid="{00000000-0005-0000-0000-0000A8000000}"/>
+    <cellStyle name="Normal 40" xfId="169" xr:uid="{00000000-0005-0000-0000-0000A9000000}"/>
+    <cellStyle name="Normal 40 2" xfId="170" xr:uid="{00000000-0005-0000-0000-0000AA000000}"/>
+    <cellStyle name="Normal 41" xfId="171" xr:uid="{00000000-0005-0000-0000-0000AB000000}"/>
+    <cellStyle name="Normal 41 2" xfId="172" xr:uid="{00000000-0005-0000-0000-0000AC000000}"/>
+    <cellStyle name="Normal 42" xfId="173" xr:uid="{00000000-0005-0000-0000-0000AD000000}"/>
+    <cellStyle name="Normal 42 2" xfId="174" xr:uid="{00000000-0005-0000-0000-0000AE000000}"/>
+    <cellStyle name="Normal 43" xfId="175" xr:uid="{00000000-0005-0000-0000-0000AF000000}"/>
+    <cellStyle name="Normal 43 2" xfId="176" xr:uid="{00000000-0005-0000-0000-0000B0000000}"/>
+    <cellStyle name="Normal 44" xfId="177" xr:uid="{00000000-0005-0000-0000-0000B1000000}"/>
+    <cellStyle name="Normal 44 2" xfId="178" xr:uid="{00000000-0005-0000-0000-0000B2000000}"/>
+    <cellStyle name="Normal 45" xfId="179" xr:uid="{00000000-0005-0000-0000-0000B3000000}"/>
+    <cellStyle name="Normal 45 2" xfId="180" xr:uid="{00000000-0005-0000-0000-0000B4000000}"/>
+    <cellStyle name="Normal 46" xfId="181" xr:uid="{00000000-0005-0000-0000-0000B5000000}"/>
+    <cellStyle name="Normal 46 2" xfId="182" xr:uid="{00000000-0005-0000-0000-0000B6000000}"/>
+    <cellStyle name="Normal 47" xfId="183" xr:uid="{00000000-0005-0000-0000-0000B7000000}"/>
+    <cellStyle name="Normal 47 2" xfId="184" xr:uid="{00000000-0005-0000-0000-0000B8000000}"/>
+    <cellStyle name="Normal 48" xfId="185" xr:uid="{00000000-0005-0000-0000-0000B9000000}"/>
+    <cellStyle name="Normal 48 2" xfId="186" xr:uid="{00000000-0005-0000-0000-0000BA000000}"/>
+    <cellStyle name="Normal 49" xfId="187" xr:uid="{00000000-0005-0000-0000-0000BB000000}"/>
+    <cellStyle name="Normal 49 2" xfId="188" xr:uid="{00000000-0005-0000-0000-0000BC000000}"/>
+    <cellStyle name="Normal 5" xfId="189" xr:uid="{00000000-0005-0000-0000-0000BD000000}"/>
+    <cellStyle name="Normal 5 2" xfId="190" xr:uid="{00000000-0005-0000-0000-0000BE000000}"/>
+    <cellStyle name="Normal 50" xfId="191" xr:uid="{00000000-0005-0000-0000-0000BF000000}"/>
+    <cellStyle name="Normal 50 2" xfId="192" xr:uid="{00000000-0005-0000-0000-0000C0000000}"/>
+    <cellStyle name="Normal 51" xfId="193" xr:uid="{00000000-0005-0000-0000-0000C1000000}"/>
+    <cellStyle name="Normal 51 2" xfId="194" xr:uid="{00000000-0005-0000-0000-0000C2000000}"/>
+    <cellStyle name="Normal 52" xfId="195" xr:uid="{00000000-0005-0000-0000-0000C3000000}"/>
+    <cellStyle name="Normal 52 2" xfId="196" xr:uid="{00000000-0005-0000-0000-0000C4000000}"/>
+    <cellStyle name="Normal 53" xfId="197" xr:uid="{00000000-0005-0000-0000-0000C5000000}"/>
+    <cellStyle name="Normal 53 2" xfId="198" xr:uid="{00000000-0005-0000-0000-0000C6000000}"/>
+    <cellStyle name="Normal 54" xfId="199" xr:uid="{00000000-0005-0000-0000-0000C7000000}"/>
+    <cellStyle name="Normal 54 2" xfId="200" xr:uid="{00000000-0005-0000-0000-0000C8000000}"/>
+    <cellStyle name="Normal 55" xfId="201" xr:uid="{00000000-0005-0000-0000-0000C9000000}"/>
+    <cellStyle name="Normal 55 2" xfId="202" xr:uid="{00000000-0005-0000-0000-0000CA000000}"/>
+    <cellStyle name="Normal 56" xfId="203" xr:uid="{00000000-0005-0000-0000-0000CB000000}"/>
+    <cellStyle name="Normal 56 2" xfId="204" xr:uid="{00000000-0005-0000-0000-0000CC000000}"/>
+    <cellStyle name="Normal 57" xfId="205" xr:uid="{00000000-0005-0000-0000-0000CD000000}"/>
+    <cellStyle name="Normal 57 2" xfId="206" xr:uid="{00000000-0005-0000-0000-0000CE000000}"/>
+    <cellStyle name="Normal 58" xfId="207" xr:uid="{00000000-0005-0000-0000-0000CF000000}"/>
+    <cellStyle name="Normal 58 2" xfId="208" xr:uid="{00000000-0005-0000-0000-0000D0000000}"/>
+    <cellStyle name="Normal 59" xfId="209" xr:uid="{00000000-0005-0000-0000-0000D1000000}"/>
+    <cellStyle name="Normal 59 2" xfId="210" xr:uid="{00000000-0005-0000-0000-0000D2000000}"/>
+    <cellStyle name="Normal 6" xfId="211" xr:uid="{00000000-0005-0000-0000-0000D3000000}"/>
+    <cellStyle name="Normal 6 2" xfId="212" xr:uid="{00000000-0005-0000-0000-0000D4000000}"/>
+    <cellStyle name="Normal 60" xfId="213" xr:uid="{00000000-0005-0000-0000-0000D5000000}"/>
+    <cellStyle name="Normal 60 2" xfId="214" xr:uid="{00000000-0005-0000-0000-0000D6000000}"/>
+    <cellStyle name="Normal 61" xfId="215" xr:uid="{00000000-0005-0000-0000-0000D7000000}"/>
+    <cellStyle name="Normal 61 2" xfId="216" xr:uid="{00000000-0005-0000-0000-0000D8000000}"/>
+    <cellStyle name="Normal 62" xfId="217" xr:uid="{00000000-0005-0000-0000-0000D9000000}"/>
+    <cellStyle name="Normal 62 2" xfId="218" xr:uid="{00000000-0005-0000-0000-0000DA000000}"/>
+    <cellStyle name="Normal 63" xfId="219" xr:uid="{00000000-0005-0000-0000-0000DB000000}"/>
+    <cellStyle name="Normal 63 2" xfId="220" xr:uid="{00000000-0005-0000-0000-0000DC000000}"/>
+    <cellStyle name="Normal 64" xfId="221" xr:uid="{00000000-0005-0000-0000-0000DD000000}"/>
+    <cellStyle name="Normal 64 2" xfId="222" xr:uid="{00000000-0005-0000-0000-0000DE000000}"/>
+    <cellStyle name="Normal 65" xfId="223" xr:uid="{00000000-0005-0000-0000-0000DF000000}"/>
+    <cellStyle name="Normal 65 2" xfId="224" xr:uid="{00000000-0005-0000-0000-0000E0000000}"/>
+    <cellStyle name="Normal 66" xfId="225" xr:uid="{00000000-0005-0000-0000-0000E1000000}"/>
+    <cellStyle name="Normal 66 2" xfId="226" xr:uid="{00000000-0005-0000-0000-0000E2000000}"/>
+    <cellStyle name="Normal 67" xfId="227" xr:uid="{00000000-0005-0000-0000-0000E3000000}"/>
+    <cellStyle name="Normal 67 2" xfId="228" xr:uid="{00000000-0005-0000-0000-0000E4000000}"/>
+    <cellStyle name="Normal 68" xfId="229" xr:uid="{00000000-0005-0000-0000-0000E5000000}"/>
+    <cellStyle name="Normal 68 2" xfId="230" xr:uid="{00000000-0005-0000-0000-0000E6000000}"/>
+    <cellStyle name="Normal 69" xfId="231" xr:uid="{00000000-0005-0000-0000-0000E7000000}"/>
+    <cellStyle name="Normal 69 2" xfId="232" xr:uid="{00000000-0005-0000-0000-0000E8000000}"/>
+    <cellStyle name="Normal 7" xfId="233" xr:uid="{00000000-0005-0000-0000-0000E9000000}"/>
+    <cellStyle name="Normal 7 2" xfId="234" xr:uid="{00000000-0005-0000-0000-0000EA000000}"/>
+    <cellStyle name="Normal 70" xfId="235" xr:uid="{00000000-0005-0000-0000-0000EB000000}"/>
+    <cellStyle name="Normal 70 2" xfId="236" xr:uid="{00000000-0005-0000-0000-0000EC000000}"/>
+    <cellStyle name="Normal 71" xfId="237" xr:uid="{00000000-0005-0000-0000-0000ED000000}"/>
+    <cellStyle name="Normal 71 2" xfId="238" xr:uid="{00000000-0005-0000-0000-0000EE000000}"/>
+    <cellStyle name="Normal 72" xfId="239" xr:uid="{00000000-0005-0000-0000-0000EF000000}"/>
+    <cellStyle name="Normal 72 2" xfId="240" xr:uid="{00000000-0005-0000-0000-0000F0000000}"/>
+    <cellStyle name="Normal 73" xfId="241" xr:uid="{00000000-0005-0000-0000-0000F1000000}"/>
+    <cellStyle name="Normal 73 2" xfId="242" xr:uid="{00000000-0005-0000-0000-0000F2000000}"/>
+    <cellStyle name="Normal 74" xfId="243" xr:uid="{00000000-0005-0000-0000-0000F3000000}"/>
+    <cellStyle name="Normal 74 2" xfId="244" xr:uid="{00000000-0005-0000-0000-0000F4000000}"/>
+    <cellStyle name="Normal 75" xfId="245" xr:uid="{00000000-0005-0000-0000-0000F5000000}"/>
+    <cellStyle name="Normal 75 2" xfId="246" xr:uid="{00000000-0005-0000-0000-0000F6000000}"/>
+    <cellStyle name="Normal 76" xfId="247" xr:uid="{00000000-0005-0000-0000-0000F7000000}"/>
+    <cellStyle name="Normal 76 2" xfId="248" xr:uid="{00000000-0005-0000-0000-0000F8000000}"/>
+    <cellStyle name="Normal 77" xfId="249" xr:uid="{00000000-0005-0000-0000-0000F9000000}"/>
+    <cellStyle name="Normal 77 2" xfId="250" xr:uid="{00000000-0005-0000-0000-0000FA000000}"/>
+    <cellStyle name="Normal 78" xfId="251" xr:uid="{00000000-0005-0000-0000-0000FB000000}"/>
+    <cellStyle name="Normal 78 2" xfId="252" xr:uid="{00000000-0005-0000-0000-0000FC000000}"/>
+    <cellStyle name="Normal 79" xfId="253" xr:uid="{00000000-0005-0000-0000-0000FD000000}"/>
+    <cellStyle name="Normal 79 2" xfId="254" xr:uid="{00000000-0005-0000-0000-0000FE000000}"/>
+    <cellStyle name="Normal 8" xfId="255" xr:uid="{00000000-0005-0000-0000-0000FF000000}"/>
+    <cellStyle name="Normal 8 2" xfId="256" xr:uid="{00000000-0005-0000-0000-000000010000}"/>
+    <cellStyle name="Normal 80" xfId="257" xr:uid="{00000000-0005-0000-0000-000001010000}"/>
+    <cellStyle name="Normal 80 2" xfId="258" xr:uid="{00000000-0005-0000-0000-000002010000}"/>
+    <cellStyle name="Normal 81" xfId="259" xr:uid="{00000000-0005-0000-0000-000003010000}"/>
+    <cellStyle name="Normal 81 2" xfId="260" xr:uid="{00000000-0005-0000-0000-000004010000}"/>
+    <cellStyle name="Normal 82" xfId="261" xr:uid="{00000000-0005-0000-0000-000005010000}"/>
+    <cellStyle name="Normal 82 2" xfId="262" xr:uid="{00000000-0005-0000-0000-000006010000}"/>
+    <cellStyle name="Normal 83" xfId="263" xr:uid="{00000000-0005-0000-0000-000007010000}"/>
+    <cellStyle name="Normal 83 2" xfId="264" xr:uid="{00000000-0005-0000-0000-000008010000}"/>
+    <cellStyle name="Normal 84" xfId="265" xr:uid="{00000000-0005-0000-0000-000009010000}"/>
+    <cellStyle name="Normal 84 2" xfId="266" xr:uid="{00000000-0005-0000-0000-00000A010000}"/>
+    <cellStyle name="Normal 85" xfId="267" xr:uid="{00000000-0005-0000-0000-00000B010000}"/>
+    <cellStyle name="Normal 85 2" xfId="268" xr:uid="{00000000-0005-0000-0000-00000C010000}"/>
+    <cellStyle name="Normal 86" xfId="269" xr:uid="{00000000-0005-0000-0000-00000D010000}"/>
+    <cellStyle name="Normal 86 2" xfId="270" xr:uid="{00000000-0005-0000-0000-00000E010000}"/>
+    <cellStyle name="Normal 87" xfId="271" xr:uid="{00000000-0005-0000-0000-00000F010000}"/>
+    <cellStyle name="Normal 87 2" xfId="272" xr:uid="{00000000-0005-0000-0000-000010010000}"/>
+    <cellStyle name="Normal 88" xfId="273" xr:uid="{00000000-0005-0000-0000-000011010000}"/>
+    <cellStyle name="Normal 88 2" xfId="274" xr:uid="{00000000-0005-0000-0000-000012010000}"/>
+    <cellStyle name="Normal 89" xfId="275" xr:uid="{00000000-0005-0000-0000-000013010000}"/>
+    <cellStyle name="Normal 89 2" xfId="276" xr:uid="{00000000-0005-0000-0000-000014010000}"/>
+    <cellStyle name="Normal 9" xfId="277" xr:uid="{00000000-0005-0000-0000-000015010000}"/>
+    <cellStyle name="Normal 9 2" xfId="278" xr:uid="{00000000-0005-0000-0000-000016010000}"/>
+    <cellStyle name="Normal 90" xfId="279" xr:uid="{00000000-0005-0000-0000-000017010000}"/>
+    <cellStyle name="Normal 90 2" xfId="280" xr:uid="{00000000-0005-0000-0000-000018010000}"/>
+    <cellStyle name="Normal 91" xfId="281" xr:uid="{00000000-0005-0000-0000-000019010000}"/>
+    <cellStyle name="Normal 91 2" xfId="282" xr:uid="{00000000-0005-0000-0000-00001A010000}"/>
+    <cellStyle name="Normal 92" xfId="283" xr:uid="{00000000-0005-0000-0000-00001B010000}"/>
+    <cellStyle name="Normal 92 2" xfId="284" xr:uid="{00000000-0005-0000-0000-00001C010000}"/>
+    <cellStyle name="Normal 93" xfId="285" xr:uid="{00000000-0005-0000-0000-00001D010000}"/>
+    <cellStyle name="Normal 93 2" xfId="286" xr:uid="{00000000-0005-0000-0000-00001E010000}"/>
+    <cellStyle name="Normal 94" xfId="287" xr:uid="{00000000-0005-0000-0000-00001F010000}"/>
+    <cellStyle name="Normal 94 2" xfId="288" xr:uid="{00000000-0005-0000-0000-000020010000}"/>
+    <cellStyle name="Normal 95" xfId="289" xr:uid="{00000000-0005-0000-0000-000021010000}"/>
+    <cellStyle name="Normal 95 2" xfId="290" xr:uid="{00000000-0005-0000-0000-000022010000}"/>
+    <cellStyle name="Normal 96" xfId="291" xr:uid="{00000000-0005-0000-0000-000023010000}"/>
+    <cellStyle name="Normal 96 2" xfId="292" xr:uid="{00000000-0005-0000-0000-000024010000}"/>
+    <cellStyle name="Normal 97" xfId="293" xr:uid="{00000000-0005-0000-0000-000025010000}"/>
+    <cellStyle name="Normal 97 2" xfId="294" xr:uid="{00000000-0005-0000-0000-000026010000}"/>
+    <cellStyle name="Normal 98" xfId="295" xr:uid="{00000000-0005-0000-0000-000027010000}"/>
+    <cellStyle name="Normal 98 2" xfId="296" xr:uid="{00000000-0005-0000-0000-000028010000}"/>
+    <cellStyle name="Normal 99" xfId="297" xr:uid="{00000000-0005-0000-0000-000029010000}"/>
+    <cellStyle name="Normal 99 2" xfId="298" xr:uid="{00000000-0005-0000-0000-00002A010000}"/>
+    <cellStyle name="Porcentaje 2" xfId="299" xr:uid="{00000000-0005-0000-0000-00002B010000}"/>
+    <cellStyle name="Porcentaje 2 2" xfId="300" xr:uid="{00000000-0005-0000-0000-00002C010000}"/>
+    <cellStyle name="Porcentaje 2 2 2" xfId="301" xr:uid="{00000000-0005-0000-0000-00002D010000}"/>
+    <cellStyle name="Porcentaje 2 3" xfId="302" xr:uid="{00000000-0005-0000-0000-00002E010000}"/>
+    <cellStyle name="Porcentaje 3" xfId="303" xr:uid="{00000000-0005-0000-0000-00002F010000}"/>
+    <cellStyle name="Porcentaje 3 2" xfId="304" xr:uid="{00000000-0005-0000-0000-000030010000}"/>
+    <cellStyle name="Porcentaje 4" xfId="305" xr:uid="{00000000-0005-0000-0000-000031010000}"/>
+    <cellStyle name="Porcentaje 4 2" xfId="306" xr:uid="{00000000-0005-0000-0000-000032010000}"/>
+    <cellStyle name="Porcentaje 4 2 2" xfId="307" xr:uid="{00000000-0005-0000-0000-000033010000}"/>
+    <cellStyle name="Porcentaje 4 3" xfId="308" xr:uid="{00000000-0005-0000-0000-000034010000}"/>
+    <cellStyle name="Porcentaje 5" xfId="309" xr:uid="{00000000-0005-0000-0000-000035010000}"/>
+    <cellStyle name="Porcentaje 5 2" xfId="310" xr:uid="{00000000-0005-0000-0000-000036010000}"/>
+    <cellStyle name="Porcentaje 6" xfId="311" xr:uid="{00000000-0005-0000-0000-000037010000}"/>
+    <cellStyle name="Título 1 2" xfId="312" xr:uid="{00000000-0005-0000-0000-000038010000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>1</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>2</xdr:col>
-      <xdr:colOff>1162050</xdr:colOff>
+      <xdr:colOff>1162531</xdr:colOff>
       <xdr:row>5</xdr:row>
-      <xdr:rowOff>28575</xdr:rowOff>
+      <xdr:rowOff>24630</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="1025" name="1 Imagen" descr="logo_sist1">
+        <xdr:cNvPr id="2" name="1 Imagen" descr="logo_sist1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE0C7233-237E-EAD5-3527-23F414FC55B8}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
-        <xdr:cNvPicPr>
-[...1 lines deleted...]
-        </xdr:cNvPicPr>
+        <xdr:cNvPicPr/>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
-          <a:off x="133350" y="152400"/>
-          <a:ext cx="1409700" cy="638175"/>
+          <a:off x="137583" y="148167"/>
+          <a:ext cx="1405948" cy="617296"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
-        <a:extLst>
-[...17 lines deleted...]
-        </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="file:///C:\Users\futurunco\AppData\Local\Microsoft\Windows\Temporary%20Internet%20Files\Content.Outlook\VG3OJ9XJ\Cant%20OREC%20notif%20que%20han%20informado%20o%20no%20destrucion%20o%20desaparicion%20-%20Ley%2029312%20al%2026enero2012.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
 <externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
   <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
     <sheetNames>
       <sheetName val="Hoja1"/>
       <sheetName val="Hoja2"/>
     </sheetNames>
     <sheetDataSet>
       <sheetData sheetId="0">
         <row r="5">
           <cell r="C5" t="str">
             <v>Jefatura Regional</v>
           </cell>
           <cell r="D5" t="str">
@@ -2457,127 +2431,127 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor indexed="13"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:H48"/>
+  <dimension ref="B2:H47"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A7" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="B11" sqref="B11:H11"/>
+    <sheetView tabSelected="1" topLeftCell="A4" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="D32" sqref="D32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="2" style="2" customWidth="1"/>
     <col min="2" max="2" width="3.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="19.140625" style="2" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="31.85546875" style="2" customWidth="1"/>
     <col min="5" max="5" width="24.85546875" style="2" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="17.85546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="33.140625" style="3" customWidth="1"/>
     <col min="8" max="8" width="16.7109375" style="2" bestFit="1" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:8">
       <c r="B2" s="1"/>
     </row>
     <row r="3" spans="2:8">
       <c r="B3" s="1"/>
     </row>
     <row r="4" spans="2:8">
       <c r="B4" s="1"/>
     </row>
     <row r="5" spans="2:8">
       <c r="B5" s="1"/>
     </row>
     <row r="6" spans="2:8">
       <c r="B6" s="1"/>
     </row>
     <row r="7" spans="2:8">
       <c r="H7" s="4"/>
     </row>
     <row r="8" spans="2:8" ht="20.25">
-      <c r="B8" s="18" t="s">
+      <c r="B8" s="17" t="s">
         <v>0</v>
       </c>
-      <c r="C8" s="19"/>
-[...4 lines deleted...]
-      <c r="H8" s="20"/>
+      <c r="C8" s="18"/>
+      <c r="D8" s="18"/>
+      <c r="E8" s="18"/>
+      <c r="F8" s="18"/>
+      <c r="G8" s="18"/>
+      <c r="H8" s="19"/>
     </row>
     <row r="9" spans="2:8" ht="18">
-      <c r="B9" s="21" t="s">
+      <c r="B9" s="20" t="s">
         <v>27</v>
       </c>
-      <c r="C9" s="22"/>
-[...4 lines deleted...]
-      <c r="H9" s="23"/>
+      <c r="C9" s="21"/>
+      <c r="D9" s="21"/>
+      <c r="E9" s="21"/>
+      <c r="F9" s="21"/>
+      <c r="G9" s="21"/>
+      <c r="H9" s="22"/>
     </row>
     <row r="10" spans="2:8">
       <c r="G10" s="2"/>
     </row>
     <row r="11" spans="2:8" ht="59.25" customHeight="1">
-      <c r="B11" s="24" t="s">
+      <c r="B11" s="23" t="s">
         <v>23</v>
       </c>
-      <c r="C11" s="24"/>
-[...4 lines deleted...]
-      <c r="H11" s="24"/>
+      <c r="C11" s="23"/>
+      <c r="D11" s="23"/>
+      <c r="E11" s="23"/>
+      <c r="F11" s="23"/>
+      <c r="G11" s="23"/>
+      <c r="H11" s="23"/>
     </row>
     <row r="12" spans="2:8">
       <c r="G12" s="2"/>
     </row>
     <row r="13" spans="2:8">
       <c r="G13" s="2"/>
     </row>
     <row r="14" spans="2:8" ht="16.5" thickBot="1">
       <c r="B14" s="16" t="s">
         <v>26</v>
       </c>
       <c r="G14" s="2"/>
     </row>
     <row r="15" spans="2:8" ht="25.5">
       <c r="B15" s="5" t="s">
         <v>1</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>4</v>
@@ -2619,134 +2593,129 @@
       <c r="B17" s="8">
         <f>B16+1</f>
         <v>2</v>
       </c>
       <c r="C17" s="11" t="s">
         <v>13</v>
       </c>
       <c r="D17" s="11" t="s">
         <v>14</v>
       </c>
       <c r="E17" s="12" t="s">
         <v>16</v>
       </c>
       <c r="F17" s="11" t="s">
         <v>8</v>
       </c>
       <c r="G17" s="13" t="s">
         <v>15</v>
       </c>
       <c r="H17" s="15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="2:8" ht="12.75">
       <c r="B18" s="8">
-        <f>B17+1</f>
+        <f t="shared" ref="B18:B20" si="0">B17+1</f>
         <v>3</v>
       </c>
       <c r="C18" s="11" t="s">
         <v>13</v>
       </c>
       <c r="D18" s="11" t="s">
         <v>14</v>
       </c>
       <c r="E18" s="12" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="11" t="s">
         <v>8</v>
       </c>
       <c r="G18" s="13" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="2:8" ht="12.75">
       <c r="B19" s="8">
-        <f>B18+1</f>
+        <f t="shared" si="0"/>
         <v>4</v>
       </c>
       <c r="C19" s="11" t="s">
         <v>13</v>
       </c>
       <c r="D19" s="11" t="s">
         <v>14</v>
       </c>
       <c r="E19" s="12" t="s">
         <v>18</v>
       </c>
       <c r="F19" s="11" t="s">
         <v>8</v>
       </c>
       <c r="G19" s="13" t="s">
         <v>15</v>
       </c>
       <c r="H19" s="15" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="20" spans="2:8" ht="12.75">
       <c r="B20" s="8">
-        <f>B19+1</f>
+        <f t="shared" si="0"/>
         <v>5</v>
       </c>
       <c r="C20" s="8" t="s">
         <v>9</v>
       </c>
       <c r="D20" s="8" t="s">
         <v>10</v>
       </c>
       <c r="E20" s="9" t="s">
         <v>11</v>
       </c>
       <c r="F20" s="8" t="s">
         <v>8</v>
       </c>
       <c r="G20" s="10" t="s">
         <v>12</v>
       </c>
       <c r="H20" s="14" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="22" spans="2:8" ht="36" customHeight="1">
-[...8 lines deleted...]
-    <row r="48" ht="48.75" customHeight="1"/>
+    <row r="47" ht="48.75" customHeight="1"/>
   </sheetData>
-  <autoFilter ref="B15:H15"/>
-[...1 lines deleted...]
-    <mergeCell ref="B22:H22"/>
+  <autoFilter ref="B15:H15" xr:uid="{00000000-0009-0000-0000-000000000000}"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="C14:H25">
+    <sortCondition ref="C14:C25"/>
+    <sortCondition ref="D14:D25"/>
+    <sortCondition ref="E14:E25"/>
+  </sortState>
+  <mergeCells count="3">
     <mergeCell ref="B8:H8"/>
     <mergeCell ref="B9:H9"/>
     <mergeCell ref="B11:H11"/>
   </mergeCells>
   <pageMargins left="0.51" right="0.36" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="94" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>